--- v0 (2025-10-24)
+++ v1 (2026-03-05)
@@ -1,1934 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
-[...1 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/activeX/activeX6.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0D271102" w14:textId="025A26E3" w:rsidR="00A778DF" w:rsidRDefault="00427372">
+    <w:p w14:paraId="3F6B7E8A" w14:textId="38D84399" w:rsidR="00B635A9" w:rsidRDefault="00B635A9" w:rsidP="00B635A9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B635A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verbos reflexivos – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B635A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>regulares</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B635A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e irregulares</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA60E76" w14:textId="77777777" w:rsidR="004C3B4D" w:rsidRPr="00B635A9" w:rsidRDefault="004C3B4D" w:rsidP="00B635A9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A04E8A9" w14:textId="46309B0F" w:rsidR="00A778DF" w:rsidRPr="004C3B4D" w:rsidRDefault="00B635A9" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Llamarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DB4F73" w14:textId="4D8C3EB9" w:rsidR="00B635A9" w:rsidRPr="004C3B4D" w:rsidRDefault="00B635A9" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apellidarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A27600F" w14:textId="7C1C6186" w:rsidR="00B635A9" w:rsidRPr="004C3B4D" w:rsidRDefault="00B635A9" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Despertarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D650E8" w14:textId="79699F63" w:rsidR="00B635A9" w:rsidRPr="004C3B4D" w:rsidRDefault="00B635A9" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Levantarse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C804D8C" w14:textId="37257BE7" w:rsidR="00B635A9" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ducharse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43509353" w14:textId="4A4B38A9" w:rsidR="004C3B4D" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lavarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76975413" w14:textId="5F7E85F8" w:rsidR="004C3B4D" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Peinarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711279D7" w14:textId="6B45A72A" w:rsidR="004C3B4D" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afeitarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="466D33E4" w14:textId="13961710" w:rsidR="004C3B4D" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Bañarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3FA942" w14:textId="1406730E" w:rsidR="004C3B4D" w:rsidRPr="004C3B4D" w:rsidRDefault="004C3B4D" w:rsidP="004C3B4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Acostarse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DA235D" w14:textId="04563BCF" w:rsidR="00B635A9" w:rsidRPr="00B635A9" w:rsidRDefault="00B635A9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...11 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-ES"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D866E92" wp14:editId="4CF81F71">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B412679" wp14:editId="369B2E11">
+            <wp:extent cx="5943600" cy="6886616"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="2" name="Picture 2" descr="Uploaded image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Uploaded image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6585471" cy="6146920"/>
-[...884 lines deleted...]
-                      <a:ext cx="2232660" cy="6377940"/>
+                      <a:ext cx="5943600" cy="6886616"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE21C34" w14:textId="0360D0F5" w:rsidR="00263035" w:rsidRDefault="00263035" w:rsidP="00263035">
-[...361 lines deleted...]
-    <w:sectPr w:rsidR="00263035" w:rsidRPr="00427372">
+    <w:sectPr w:rsidR="00B635A9" w:rsidRPr="00B635A9">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...460 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="142"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00427372"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00427372"/>
+    <w:rsidRoot w:val="00B635A9"/>
+    <w:rsid w:val="004C3B4D"/>
     <w:rsid w:val="00A778DF"/>
+    <w:rsid w:val="00B635A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="35914660"/>
+  <w14:docId w14:val="0A3CB405"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{653AF56F-6993-45B6-B353-6BEA40A59014}"/>
+  <w15:docId w15:val="{55177409-E42E-4C1D-A9E5-0C36127B9674}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2290,201 +816,101 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="2075615810">
+    <w:div w:id="1449199694">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...40 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/></Relationships>
-[...47 lines deleted...]
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{5512D122-5CC6-11CF-8D67-00AA00BDCE1D}" ax:persistence="persistStream" r:id="rId1"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2708,55 +1134,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2055</Characters>
+  <Pages>2</Pages>
+  <Words>21</Words>
+  <Characters>125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2411</CharactersWithSpaces>
+  <CharactersWithSpaces>145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aneta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>