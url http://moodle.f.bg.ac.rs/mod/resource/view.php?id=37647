--- v0 (2026-01-31)
+++ v1 (2026-03-26)
@@ -1,39209 +1,19524 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...80 lines deleted...]
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...159 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:body>
+    <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13779" w:type="dxa"/>
+        <w:tblInd w:w="-743" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="5983"/>
+        <w:gridCol w:w="3543"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Karta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>položaj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="0010303A" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010303A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prva faza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="0010303A" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010303A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Druga faza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="0010303A" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kodiranje </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Insekt...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Neka vrsta leptira.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ispitivač (ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste videli leptira?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Subjekt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Ovo su mu krila, glava (W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C00D39">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šta je učinilo da vidite baš leptira</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="004F6D23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C00D39">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Z</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ato što je siv...Pomalo je i ružnjikav jer je oštećen, ovde sa strane</w:t>
+            </w:r>
+            <w:r w:rsidR="004F6D23">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (pokazuje ivice mrlje)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00C00D39" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFC'oAP1.0MOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ovo bi mogao da bude rendgenski snimak karlice.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Evo ..karlica baš izgleda ovako (pokazuje šakama krug na W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Šta je učinilo da vam baš izgleda kao rendgenski snimak?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rendgenski jer je sivkast, baš tako izgleda snimak, negde malo svetlije, pa malo tamnije...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00C00D39" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFYoXy1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="0010303A" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kad ovako okrenem...prase...ima ih dva.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="005109C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Evo uši</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Dd34)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, repić</w:t>
+            </w:r>
+            <w:r w:rsidR="004F6D23">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Dd33)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, noge, telo</w:t>
+            </w:r>
+            <w:r w:rsidR="005109C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005109C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Dd35)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, evo njuške ovde (D2</w:t>
+            </w:r>
+            <w:r w:rsidR="005109C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00D13453" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do2F-2A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Maska za lice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Cela slika mi liči na masku (W), evo otvori za oči</w:t>
+            </w:r>
+            <w:r w:rsidR="005109C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DdS26)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>...Takvog je oblika.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00532E6D" w:rsidP="00532E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WSoFo(Hd)3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:trPr>
+          <w:trHeight w:val="542"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dva slončića se ljube.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005109C8" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Evo jedan slončić, drugi</w:t>
+            </w:r>
+            <w:r w:rsidR="005109C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (pokazuje simetrično s obe strane D1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005109C8" w:rsidRDefault="005109C8" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">S: Šta je učinilo da vidite da se ljube?  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="005109C8" w:rsidP="005109C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S: O</w:t>
+            </w:r>
+            <w:r w:rsidR="0009357D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vo su im glave</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Dd21)</w:t>
+            </w:r>
+            <w:r w:rsidR="0009357D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, evo telo...dodiruju se surlama</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D4)</w:t>
+            </w:r>
+            <w:r w:rsidR="0009357D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i ljube se (D1).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00532E6D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>D+1Fmao2AP3.0COP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vagina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:Pa takvog je oblika...ovo su usne (D3)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Da li vam još po nečemu taj deo slike liči na vaginu?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Pa..crvene je boje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00532E6D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do3FCoHd,Sx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kao neki cvet, ali pupoljak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Takav oblik ima, kao neki cvet (W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Rekli ste pupoljak?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Da, pupoljak jer je ovo crveno na vrhu</w:t>
+            </w:r>
+            <w:r w:rsidR="00C10C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kao latice koje se još nisu rascvetale.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00DC6221" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFC-Bt4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ratni avion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Ima oblik kao avion (DS5)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Rekli ste ratni?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Da, kao oni što su nas bombardovali.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00DC6221" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DSo5FoScPER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rendgenski snimak karlice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Karlica je takvog oblika (D1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Zašto vam izgleda kao rtg snimak?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rendgenski jer je sivkast...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00DC6221" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do1F</w:t>
+            </w:r>
+            <w:r w:rsidR="00811D33">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>YoXy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dve žene razgovaraju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ovde, jedna žena i druga žena, razgovaraju (D9)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kažete da su to žene?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Žene, zato što su tako građene, evo imaju grudi.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00811D33" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D+9Mao2H,SxP4.9COP,GHR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dva bubrega</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ovde, ima dva bubrega (Dd29)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po čemu vam to liči na bubrege?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Takav im je oblik i boja, crvena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00C81262" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ddo29FC-2An</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ptica grabljivica, ima ih dve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Evo je glava, telo, raširila je krila, kao da sleće,  da je uočila plen (DdS23).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Rekli ste plen, da li ste to videli i u prvoj fazi ispitivanja?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Ne, samo mi se čini kao da sleće po neki plen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="00C81262" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DDSo 23 FMa u 2A AG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="00DC6221">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Ima glavu</w:t>
+            </w:r>
+            <w:r w:rsidR="00E21B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, klješta, telo...po obliku mi liči na raka (D7).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="003850A1" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do7</w:t>
+            </w:r>
+            <w:r w:rsidR="002D6CC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FoA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oderana koža sa neke životinje, možda rakuna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Evo prednje i zadnje noge, oderana koža tako izgleda, kao koža od, na primer, rakuna (W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Rekli ste od rakuna?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Da, od rakuna zbog ovog šarenkastog ovde sivkastog na glavi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFYoAd2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slepi miš</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Evo glava</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC6221">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, telo</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC6221">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>... Raširio je krila, leti (W)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFMaoA2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Noćni leptir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Ima krila, telo (W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:Rekli ste noćni?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Noćni jer je crn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFC'oA1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slepi miš</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00921384">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ovde...Ima krila, crn je (W).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WoFC'oA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ovo sa strane bi mogla da bude glava krokodila. Ima ih dva.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo gornji deo vilice, evo donji, zinuo je, kao da je  krokodil otvorio čeljusti (D10)...</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00CB33E7" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oderana koža neke životinje.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pa tako mi liči...ovo bi bilo telo, evo glava, prednje noge, zadnje noge (W)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="002D6CC4" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>....</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Kao inje kad se nahvata zimi na staklu (Dd22).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A na osnovu čega vam to liči baš na inje?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nepravilnog je oblika i tako je šarenkasto.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reka koja prolazi kroz neki predeo, kao da gledate sa visine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pa ovo u sredini je reka, koja teče, a sa strane su neke stene, kao kada gledate sa vidine (W)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rekli ste stene, na osnovu čega vam to liči na stene?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zbog oblika, a i takve su boje, sive...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dve gospođe sa šeširima, okrenute jedna prema drugoj, razgovaraju.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo jedna je ovde, a druga je preko puta (D2).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kažete da su gospođe?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gospođe su jer imaju šešire, ne vidi se cela figura, samo deo, kao bista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dva zeca okrenuta jedan od drugog.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: Evo im telo i velike uši (D1)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kao neka žaba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ovo joj je glava, ovo su noge, raširila je noge, kao da se sprema za skok (W)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VIII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dva kameleona</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po obliku, evo telo...noge (D1)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ovo mi liči kao zalazak sunca, pa se planina i šuma oslikavaju se u nekoj vodi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ovaj deo bi bio zalazak sunca, ovo je šuma, a ovo planina i sve se to reflektuje u nekoj vodi, na primer u jezeru (D6)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rekli ste zalazak sunca?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Da, zbog ove narandžasto-žute boje...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A na osnovu čega vam ovo liči na  šumu i planinu?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Šuma je zelene boje, a ovo je planina jer na njenom vrhu još ima malo snega, beli se...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Maska za lice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pa zbog tih boj</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26D68">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>...roze, zelene, žućkaste...kao kada biste stavili različite maske na čelo, obraze, nos i bradu (W)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ovo mi liči kao neki vodeni svet...Ima, na primer, korala, algi..ovo bi bila voda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00200671" w:rsidRDefault="00200671" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S: Sve ovo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(WS)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00200671" w:rsidRDefault="00200671" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I: Rekli ste korali i alge, voda? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="00200671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Korali bi mogli biti ovo crveno</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26D68">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, alge zeleno</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26D68">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (D1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, a voda ovo plavičasto i belo </w:t>
+            </w:r>
+            <w:r w:rsidR="00200671">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(DS8) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kao neki cvet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Takav mu je oblik, kao cvet (W).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Da li vam još po nečemu to liči na cvet?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Da, zbog lepih boja...crvenkaste, zelene, narandžaste...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kao tri životinje koje jašu jedna drugu (smeje se)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ovo bio bila prva životinja (pokazuje na D3), ovo druga (D1) i ovo treća (D6)...Ova treća kao da pomaže drugoj da se popne....</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kažete da su to životinje? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Da, ali ne znam koje, najviše mi liči na neke životinje.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dva insekta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ovde jedan, ovde drugi insekt (D8)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po čemu vam to liči na insekte?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po obliku.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Morski konjic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ovde, takvog je oblika morski konjic (D4)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kao neki cvet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I(ponavlja odgovor): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ima oblik cveta i crveno-roze latice (Dd21).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dve životinjske glave okrenute jedna ka drugoj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ovde su glave, dodiruju se (D6)...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dve bubašvabe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evo ih (D7)...</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po čemu vam to liči na bubašvabe?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Po obliku i boji, crne su.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="00D13453" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do7FC'o2A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidTr="0009357D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ove boje bi mogle da budu i šare na haljini</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I(ponavlja odgovor):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoćete li mi reći gde ste to videli?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010675C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>S:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tako mi je zaličilo, kao neke šare na haljini, zbog ovih raznih boja, plave, zelene, narandžaste, crvene, žute (W)....</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0009357D" w:rsidRDefault="00C04DB2" w:rsidP="0009357D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>WvCF-Art,Cg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00200671" w:rsidRDefault="00200671" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00035A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21AEA922" wp14:editId="449B52B2">
+            <wp:extent cx="6153150" cy="8203519"/>
+            <wp:effectExtent l="3810" t="0" r="3810" b="3810"/>
+            <wp:docPr id="2" name="Picture 6" descr="Scan 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="Scan 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm rot="5400000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6153150" cy="8203519"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00035A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11052" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="726"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="2552"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Broj karte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Broj odgovora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lokalizacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DQ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Broj lokalizacije</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Popular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zskor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Specijalni skorovi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Determinante</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FQ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sadržaj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00532E6D" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Hd)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>COP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hd,Sx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>H,Sx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>COP, GHR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>An</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FMa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FMp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>YF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ma.C'F.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hd,Cg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>COP, GHR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FMp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VIII</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ma.FC.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC'.Fr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CF.C'F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A,Na</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FMa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FABKOM1, COP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FMp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>COP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>FC'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidTr="00C00D39">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Art,Cg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B73E93" w:rsidRPr="00035A8E" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73E93" w:rsidRDefault="00B73E93" w:rsidP="00B73E93">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0009357D" w:rsidRPr="00035A8E" w:rsidRDefault="0009357D" w:rsidP="0009357D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD3A34" w:rsidRDefault="00BD3A34"/>
+    <w:sectPr w:rsidR="00BD3A34" w:rsidSect="0009357D">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:presentationPr>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p1510:revInfo>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0009357D"/>
+    <w:rsid w:val="0009357D"/>
+    <w:rsid w:val="00200671"/>
+    <w:rsid w:val="002D6CC4"/>
+    <w:rsid w:val="003850A1"/>
+    <w:rsid w:val="004F6D23"/>
+    <w:rsid w:val="005109C8"/>
+    <w:rsid w:val="00532E6D"/>
+    <w:rsid w:val="00811D33"/>
+    <w:rsid w:val="00B73E93"/>
+    <w:rsid w:val="00BD3A34"/>
+    <w:rsid w:val="00C00D39"/>
+    <w:rsid w:val="00C04DB2"/>
+    <w:rsid w:val="00C10C81"/>
+    <w:rsid w:val="00C81262"/>
+    <w:rsid w:val="00D13453"/>
+    <w:rsid w:val="00D26D68"/>
+    <w:rsid w:val="00DC6221"/>
+    <w:rsid w:val="00E21B75"/>
+    <w:rsid w:val="00F44863"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7A9670B3"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{5D005E6E-B40F-43E3-B5A6-C2B3ED9DD2E5}"/>
+</w:settings>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-[...178 lines deleted...]
-</a:tblStyleLst>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0009357D"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:noProof/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="hr-HR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="5B9BD5"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5"/>
+      <w:spacing w:before="100" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="DEEAF6"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="DEEAF6"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="DEEAF6"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="DEEAF6"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+      <w:spacing w:before="100" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="2" w:color="5B9BD5"/>
+      </w:pBdr>
+      <w:spacing w:before="300" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="1F4D78"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="6" w:space="2" w:color="5B9BD5"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="5B9BD5"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="6" w:space="1" w:color="5B9BD5"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="FFFFFF"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="15"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="1F4D78"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="2E74B5"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="2E74B5"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="5B9BD5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="SimSun" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="5B9BD5"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:after="500"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:caps/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="595959"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="595959"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="1F4D78"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:noProof w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:ind w:left="1080" w:right="1080"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:noProof w:val="0"/>
+      <w:color w:val="5B9BD5"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:color w:val="5B9BD5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F4D78"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="5B9BD5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44863"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E6D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00532E6D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:noProof/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="hr-HR"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</p:viewPr>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId58" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId57" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
-[...38220 lines deleted...]
-<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...330 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -39312,137 +19627,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Words>3802</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>11</Pages>
+  <Words>1365</Words>
+  <Characters>7784</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
-[...11 lines deleted...]
-        <vt:i4>50</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="58" baseType="lpstr">
-[...57 lines deleted...]
-      <vt:lpstr>Zašto je p-faktor važan kliničaru?</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>9131</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Ivana Perunicic Mladenovic</dc:creator>
+  <dc:subject/>
+  <dc:creator>Dragana Djuric Jocic</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>