--- v0 (2026-01-31)
+++ v1 (2026-03-26)
@@ -13,149 +13,128 @@
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483672" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId36"/>
+    <p:notesMasterId r:id="rId31"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...32 lines deleted...]
-    <p:sldId id="327" r:id="rId35"/>
+    <p:sldId id="257" r:id="rId2"/>
+    <p:sldId id="278" r:id="rId3"/>
+    <p:sldId id="273" r:id="rId4"/>
+    <p:sldId id="274" r:id="rId5"/>
+    <p:sldId id="275" r:id="rId6"/>
+    <p:sldId id="276" r:id="rId7"/>
+    <p:sldId id="277" r:id="rId8"/>
+    <p:sldId id="259" r:id="rId9"/>
+    <p:sldId id="260" r:id="rId10"/>
+    <p:sldId id="261" r:id="rId11"/>
+    <p:sldId id="262" r:id="rId12"/>
+    <p:sldId id="281" r:id="rId13"/>
+    <p:sldId id="263" r:id="rId14"/>
+    <p:sldId id="280" r:id="rId15"/>
+    <p:sldId id="264" r:id="rId16"/>
+    <p:sldId id="265" r:id="rId17"/>
+    <p:sldId id="282" r:id="rId18"/>
+    <p:sldId id="283" r:id="rId19"/>
+    <p:sldId id="284" r:id="rId20"/>
+    <p:sldId id="285" r:id="rId21"/>
+    <p:sldId id="286" r:id="rId22"/>
+    <p:sldId id="287" r:id="rId23"/>
+    <p:sldId id="289" r:id="rId24"/>
+    <p:sldId id="290" r:id="rId25"/>
+    <p:sldId id="279" r:id="rId26"/>
+    <p:sldId id="268" r:id="rId27"/>
+    <p:sldId id="270" r:id="rId28"/>
+    <p:sldId id="288" r:id="rId29"/>
+    <p:sldId id="271" r:id="rId30"/>
   </p:sldIdLst>
-  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
+  <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -216,377 +195,374 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="2880">
+        <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr>
-    <p:restoredLeft sz="12500" autoAdjust="0"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="13950" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr>
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="94" d="100"/>
-          <a:sy n="94" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="1644" y="312"/>
+        <p:origin x="642" y="300"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
-        <p:guide pos="2880"/>
+        <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="100" d="100"/>
-        <a:sy n="100" d="100"/>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{B8B90DCE-3E8A-46A6-BC21-988B4695DD75}" type="datetimeFigureOut">
-[...2 lines deleted...]
-              <a:t>1/28/2026</a:t>
+            <a:fld id="{D9F96E33-81CB-4556-807D-F8583AE6B25E}" type="datetimeFigureOut">
+              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:t>10.12.2025.</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="685800"/>
-            <a:ext cx="4572000" cy="3429000"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4343400"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
+              <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
-[...1 lines deleted...]
-              <a:pPr/>
+            <a:fld id="{DF8A7973-1020-4446-ADD8-92F7A3205F73}" type="slidenum">
+              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2178486325"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4121528707"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -643,1044 +619,153 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...30 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36866" name="Rectangle 7"/>
+          <p:cNvPr id="30722" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...4 lines deleted...]
-          </a:ln>
+        <p:spPr>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
-[...3 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr fontAlgn="base">
-[...19 lines deleted...]
-              <a:t>3</a:t>
+            <a:fld id="{92A5DC55-B8CA-4815-B7BA-02A2C1E6185A}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr/>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49155" name="Rectangle 2"/>
+          <p:cNvPr id="30723" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...8 lines deleted...]
-          </a:ln>
+        <p:spPr>
+          <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49156" name="Rectangle 3"/>
+          <p:cNvPr id="30724" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:noFill/>
+          <a:ln/>
         </p:spPr>
-        <p:txBody>
-[...92 lines deleted...]
-        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
-[...720 lines deleted...]
-            </a:fld>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -1690,812 +775,558 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>* Ovde se nećemo baviti osnovama i detaljnima svakog modela ( jer ste teorije ličnosti slušali u prethodnom semestru),</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" baseline="0" dirty="0"/>
+              <a:t> nego ćemo se baviti teorijama psihopatologije koje proizilaze iz ovih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" baseline="0"/>
+              <a:t>modela</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS"/>
+              <a:t> i poređenjem ovih modela i njihovim integrativnim kapacitetom.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="219102568"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28674" name="Rectangle 7"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
-[...50 lines deleted...]
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...13 lines deleted...]
-          <p:cNvPr id="40964" name="Rectangle 3"/>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...1 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>B</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>ro &amp; Butolo: Klinička psihologija, str. 212.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3867731477"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Više o ovome slušate na kursu Psihoterapije</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="41822434"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29698" name="Rectangle 7"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
-[...50 lines deleted...]
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...13 lines deleted...]
-          <p:cNvPr id="41988" name="Rectangle 3"/>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...1 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2645059192"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Istraživanje koje je pokazalo da mnogi modaliteti koriste psihodinamske koncepte u radu, a da toga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" baseline="0" dirty="0"/>
+              <a:t> ili nisu svesni ili ne priznaju otvoreno!</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3849174130"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34818" name="Rectangle 7"/>
-[...126 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Psihodinamska TA, ili relaciona psihoanaliza</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{93C8D58C-971B-4031-8375-C01998D55B17}" type="slidenum">
+            <a:fld id="{C2FBFE56-31F4-4FE9-A775-EF7BB33E06F8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>15</a:t>
+              <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-  </p:cSld>
-[...80 lines deleted...]
-    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4046630265"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -2552,86 +1383,86 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942416" y="2514601"/>
-            <a:ext cx="6600451" cy="2262781"/>
+            <a:off x="2589213" y="2514600"/>
+            <a:ext cx="8915399" cy="2262781"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="5400"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942416" y="4777380"/>
-            <a:ext cx="6600451" cy="1126283"/>
+            <a:off x="2589213" y="4777379"/>
+            <a:ext cx="8915399" cy="1126283"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
@@ -2709,268 +1540,269 @@
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Freeform 8"/>
+          <p:cNvPr id="7" name="Freeform 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-31719" y="4321158"/>
-            <a:ext cx="1395473" cy="781781"/>
+            <a:off x="0" y="4323810"/>
+            <a:ext cx="1744652" cy="778589"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect l="0" t="0" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="8042" h="10000">
+              <a:path w="372" h="166">
                 <a:moveTo>
-                  <a:pt x="5799" y="10000"/>
+                  <a:pt x="287" y="166"/>
                 </a:moveTo>
                 <a:cubicBezTo>
-                  <a:pt x="5880" y="10000"/>
-[...1 lines deleted...]
-                  <a:pt x="5961" y="9880"/>
+                  <a:pt x="290" y="166"/>
+                  <a:pt x="292" y="165"/>
+                  <a:pt x="293" y="164"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="5961" y="9820"/>
-[...1 lines deleted...]
-                  <a:pt x="5988" y="9820"/>
+                  <a:pt x="293" y="163"/>
+                  <a:pt x="294" y="163"/>
+                  <a:pt x="294" y="163"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="370" y="87"/>
+                  <a:pt x="370" y="87"/>
+                  <a:pt x="370" y="87"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="372" y="85"/>
+                  <a:pt x="372" y="81"/>
+                  <a:pt x="370" y="78"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="294" y="3"/>
+                  <a:pt x="294" y="3"/>
+                  <a:pt x="294" y="3"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="294" y="2"/>
+                  <a:pt x="293" y="2"/>
+                  <a:pt x="293" y="2"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="292" y="1"/>
+                  <a:pt x="290" y="0"/>
+                  <a:pt x="287" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="0"/>
+                  <a:pt x="0" y="0"/>
+                  <a:pt x="0" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="166"/>
+                  <a:pt x="0" y="166"/>
+                  <a:pt x="0" y="166"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="8042" y="5260"/>
-[...28 lines deleted...]
-                  <a:pt x="5799" y="10000"/>
+                  <a:pt x="287" y="166"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="423334" y="4529541"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="4529540"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Title and Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="609600"/>
-            <a:ext cx="6591985" cy="3117040"/>
+            <a:off x="2589212" y="609600"/>
+            <a:ext cx="8915399" cy="3117040"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4800" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="4354046"/>
-            <a:ext cx="6591985" cy="1555864"/>
+            <a:off x="2589212" y="4354046"/>
+            <a:ext cx="8915399" cy="1555864"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -3050,265 +1882,262 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="3166527"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="3178175"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="3244140"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="3244139"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Quote with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2188123" y="609600"/>
-            <a:ext cx="6109587" cy="2895600"/>
+            <a:off x="2849949" y="609600"/>
+            <a:ext cx="8393926" cy="2895600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4800" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Text Placeholder 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2415972" y="3505200"/>
-            <a:ext cx="5653888" cy="381000"/>
+            <a:off x="3275012" y="3505200"/>
+            <a:ext cx="7536554" cy="381000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
@@ -3326,52 +2155,52 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="4354046"/>
-            <a:ext cx="6591985" cy="1555864"/>
+            <a:off x="2589212" y="4354046"/>
+            <a:ext cx="8915399" cy="1555864"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -3451,601 +2280,595 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Freeform 11"/>
+          <p:cNvPr id="11" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="3166527"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="3178175"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="3244140"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="3244139"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1808316" y="648005"/>
-            <a:ext cx="457319" cy="584776"/>
+            <a:off x="2467652" y="648005"/>
+            <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
                 <a:ln w="3175" cmpd="sng">
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8169533" y="2905306"/>
-            <a:ext cx="457319" cy="584776"/>
+            <a:off x="11114852" y="2905306"/>
+            <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
                 <a:ln w="3175" cmpd="sng">
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Name Card">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="2438401"/>
-            <a:ext cx="6591985" cy="2724845"/>
+            <a:off x="2589213" y="2438400"/>
+            <a:ext cx="8915400" cy="2724845"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4800" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="5181600"/>
-            <a:ext cx="6591985" cy="729622"/>
+            <a:off x="2589213" y="5181600"/>
+            <a:ext cx="8915400" cy="729622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:buNone/>
               <a:defRPr lang="en-US">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="4910660"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="4911725"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="4983088"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="4983087"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Quote Name Card">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 1"/>
+          <p:cNvPr id="12" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2188123" y="609600"/>
-            <a:ext cx="6109587" cy="2895600"/>
+            <a:off x="2849949" y="609600"/>
+            <a:ext cx="8393926" cy="2895600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4800" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Text Placeholder 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="4343400"/>
-            <a:ext cx="6688292" cy="838200"/>
+            <a:off x="2589212" y="4343400"/>
+            <a:ext cx="8915400" cy="838200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
@@ -4060,388 +2883,385 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="5181600"/>
-            <a:ext cx="6688292" cy="729622"/>
+            <a:off x="2589213" y="5181600"/>
+            <a:ext cx="8915400" cy="729622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:buNone/>
               <a:defRPr lang="en-US">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Freeform 11"/>
+          <p:cNvPr id="11" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="4910660"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="4911725"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="4983088"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="4983087"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="TextBox 10"/>
+          <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1808316" y="648005"/>
-            <a:ext cx="457319" cy="584776"/>
+            <a:off x="2467652" y="648005"/>
+            <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
                 <a:ln w="3175" cmpd="sng">
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="TextBox 11"/>
+          <p:cNvPr id="18" name="TextBox 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8169533" y="2905306"/>
-            <a:ext cx="457319" cy="584776"/>
+            <a:off x="11114852" y="2905306"/>
+            <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
                 <a:ln w="3175" cmpd="sng">
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="True or False">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942416" y="627407"/>
-            <a:ext cx="6591984" cy="2880020"/>
+            <a:off x="2589212" y="627407"/>
+            <a:ext cx="8915399" cy="2880020"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4800" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Text Placeholder 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="4343400"/>
-            <a:ext cx="6591985" cy="838200"/>
+            <a:off x="2589212" y="4343400"/>
+            <a:ext cx="8915400" cy="838200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buFontTx/>
               <a:buNone/>
               <a:defRPr/>
@@ -4456,240 +3276,237 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="5181600"/>
-            <a:ext cx="6591985" cy="729622"/>
+            <a:off x="2589213" y="5181600"/>
+            <a:ext cx="8915400" cy="729622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:buNone/>
               <a:defRPr lang="en-US">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="4910660"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="4911725"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="4983088"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="4983087"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4760,254 +3577,251 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="8" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6878535" y="627406"/>
-            <a:ext cx="1656132" cy="5283817"/>
+            <a:off x="9294812" y="627405"/>
+            <a:ext cx="2207601" cy="5283817"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942416" y="627406"/>
-            <a:ext cx="4716348" cy="5283817"/>
+            <a:off x="2589212" y="627405"/>
+            <a:ext cx="6477000" cy="5283817"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
@@ -5022,254 +3836,251 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="8" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1945201" y="624110"/>
-            <a:ext cx="6589199" cy="1280890"/>
+            <a:off x="2592925" y="624110"/>
+            <a:ext cx="8911687" cy="1280890"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="2133600"/>
-            <a:ext cx="6591985" cy="3777622"/>
+            <a:off x="2589212" y="2133600"/>
+            <a:ext cx="8915400" cy="3777622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
@@ -5284,258 +4095,255 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="8" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="2074562"/>
-            <a:ext cx="6591985" cy="1468800"/>
+            <a:off x="2589212" y="2058750"/>
+            <a:ext cx="8915399" cy="1468800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="3581400"/>
-            <a:ext cx="6591985" cy="860400"/>
+            <a:off x="2589212" y="3530129"/>
+            <a:ext cx="8915399" cy="860400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
@@ -5613,193 +4421,190 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="3166527"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="3178175"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="3244140"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="3244139"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5815,52 +4620,52 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942416" y="2136706"/>
-            <a:ext cx="3197531" cy="3767397"/>
+            <a:off x="2589212" y="2133600"/>
+            <a:ext cx="4313864" cy="3777622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -5874,52 +4679,52 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5337307" y="2136706"/>
-            <a:ext cx="3197093" cy="3767397"/>
+            <a:off x="7190747" y="2126222"/>
+            <a:ext cx="4313864" cy="3777622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -5936,193 +4741,190 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Freeform 11"/>
+          <p:cNvPr id="10" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Slide Number Placeholder 5"/>
+          <p:cNvPr id="11" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="787783"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="787782"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6138,52 +4940,52 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2265352" y="2226626"/>
-            <a:ext cx="2874596" cy="576262"/>
+            <a:off x="2939373" y="1972703"/>
+            <a:ext cx="3992732" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
@@ -6205,52 +5007,52 @@
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="2802888"/>
-            <a:ext cx="3197532" cy="3105703"/>
+            <a:off x="2589212" y="2548966"/>
+            <a:ext cx="4342893" cy="3354060"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -6264,52 +5066,52 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5656154" y="2223398"/>
-            <a:ext cx="2873239" cy="576262"/>
+            <a:off x="7506629" y="1969475"/>
+            <a:ext cx="3999001" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
@@ -6331,52 +5133,52 @@
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5333715" y="2799660"/>
-            <a:ext cx="3195680" cy="3105703"/>
+            <a:off x="7166957" y="2545738"/>
+            <a:ext cx="4338674" cy="3354060"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -6393,645 +5195,631 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Freeform 11"/>
+          <p:cNvPr id="12" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Slide Number Placeholder 5"/>
+          <p:cNvPr id="13" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="787783"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="787782"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Freeform 11"/>
+          <p:cNvPr id="7" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="446088"/>
-            <a:ext cx="2629584" cy="976312"/>
+            <a:off x="2589212" y="446088"/>
+            <a:ext cx="3505199" cy="976312"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4743494" y="446089"/>
-            <a:ext cx="3790906" cy="5414963"/>
+            <a:off x="6323012" y="446088"/>
+            <a:ext cx="5181600" cy="5414963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
@@ -7045,52 +5833,52 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="1598613"/>
-            <a:ext cx="2629584" cy="4262436"/>
+            <a:off x="2589212" y="1598613"/>
+            <a:ext cx="3505199" cy="4262436"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
@@ -7113,260 +5901,257 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="711194"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="714375"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="4800600"/>
-            <a:ext cx="6591985" cy="566738"/>
+            <a:off x="2589213" y="4800600"/>
+            <a:ext cx="8915400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="634965"/>
-            <a:ext cx="6591985" cy="3854970"/>
+            <a:off x="2589212" y="634965"/>
+            <a:ext cx="8915400" cy="3854970"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
@@ -7388,52 +6173,52 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click icon to add picture</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="5367338"/>
-            <a:ext cx="6591985" cy="493712"/>
+            <a:off x="2589213" y="5367338"/>
+            <a:ext cx="8915400" cy="493712"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
@@ -7458,243 +6243,240 @@
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 11"/>
+          <p:cNvPr id="9" name="Freeform 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="58" y="4910660"/>
-            <a:ext cx="1358356" cy="508005"/>
+            <a:off x="-4189" y="4911725"/>
+            <a:ext cx="1588527" cy="507297"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="7908" h="10000">
+              <a:path w="9248" h="10000">
                 <a:moveTo>
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:moveTo>
                 <a:lnTo>
-                  <a:pt x="6575" y="188"/>
+                  <a:pt x="7915" y="188"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6566" y="157"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="94"/>
+                  <a:pt x="7906" y="156"/>
+                  <a:pt x="7895" y="126"/>
+                  <a:pt x="7886" y="94"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6519" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="6463" y="0"/>
+                  <a:pt x="7859" y="0"/>
+                  <a:pt x="7831" y="0"/>
+                  <a:pt x="7803" y="0"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="5935" y="0"/>
+                  <a:pt x="7275" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="62"/>
+                  <a:pt x="0" y="70"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="8" y="3380"/>
+                  <a:pt x="17" y="6690"/>
+                  <a:pt x="25" y="10000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="7275" y="9966"/>
                 </a:lnTo>
                 <a:lnTo>
-                  <a:pt x="0" y="10000"/>
-[...5 lines deleted...]
-                  <a:pt x="6463" y="9952"/>
+                  <a:pt x="7803" y="9966"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6491" y="9952"/>
-[...1 lines deleted...]
-                  <a:pt x="6546" y="9859"/>
+                  <a:pt x="7831" y="9966"/>
+                  <a:pt x="7859" y="9872"/>
+                  <a:pt x="7886" y="9872"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="6546" y="9764"/>
-[...1 lines deleted...]
-                  <a:pt x="6575" y="9764"/>
+                  <a:pt x="7886" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
+                  <a:pt x="7915" y="9778"/>
                 </a:cubicBezTo>
                 <a:lnTo>
-                  <a:pt x="7908" y="5258"/>
+                  <a:pt x="9248" y="5265"/>
                 </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="7963" y="5070"/>
-[...1 lines deleted...]
-                  <a:pt x="7908" y="4694"/>
+                  <a:pt x="9303" y="5077"/>
+                  <a:pt x="9303" y="4889"/>
+                  <a:pt x="9248" y="4701"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="511228" y="4983088"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="4983087"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1003">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="36" name="Group 35"/>
+          <p:cNvPr id="23" name="Group 22"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1" y="228600"/>
-            <a:ext cx="1981200" cy="6638628"/>
+            <a:ext cx="2851516" cy="6638628"/>
             <a:chOff x="2487613" y="285750"/>
             <a:chExt cx="2428875" cy="5654676"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="37" name="Freeform 11"/>
+            <p:cNvPr id="24" name="Freeform 11"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2487613" y="2284413"/>
               <a:ext cx="85725" cy="533400"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="22" h="136">
                   <a:moveTo>
                     <a:pt x="22" y="136"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="20" y="117"/>
                     <a:pt x="19" y="99"/>
                     <a:pt x="17" y="80"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -7718,51 +6500,51 @@
                     <a:pt x="22" y="136"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="38" name="Freeform 12"/>
+            <p:cNvPr id="25" name="Freeform 12"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2597151" y="2779713"/>
               <a:ext cx="550863" cy="1978025"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="140" h="504">
                   <a:moveTo>
                     <a:pt x="86" y="350"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="103" y="402"/>
                     <a:pt x="120" y="453"/>
                     <a:pt x="139" y="504"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -7791,51 +6573,51 @@
                     <a:pt x="86" y="350"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="39" name="Freeform 13"/>
+            <p:cNvPr id="26" name="Freeform 13"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3175001" y="4730750"/>
               <a:ext cx="519113" cy="1209675"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="132" h="308">
                   <a:moveTo>
                     <a:pt x="8" y="22"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="5" y="15"/>
                     <a:pt x="2" y="8"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -7869,51 +6651,51 @@
                     <a:pt x="8" y="22"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="40" name="Freeform 14"/>
+            <p:cNvPr id="27" name="Freeform 14"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3305176" y="5630863"/>
               <a:ext cx="146050" cy="309563"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="37" h="79">
                   <a:moveTo>
                     <a:pt x="28" y="79"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="37" y="79"/>
                     <a:pt x="37" y="79"/>
                     <a:pt x="37" y="79"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -7927,51 +6709,51 @@
                     <a:pt x="28" y="79"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="41" name="Freeform 15"/>
+            <p:cNvPr id="28" name="Freeform 15"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2573338" y="2817813"/>
               <a:ext cx="700088" cy="2835275"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="178" h="722">
                   <a:moveTo>
                     <a:pt x="162" y="660"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="145" y="618"/>
                     <a:pt x="130" y="576"/>
                     <a:pt x="116" y="534"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8020,51 +6802,51 @@
                     <a:pt x="162" y="660"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="42" name="Freeform 16"/>
+            <p:cNvPr id="29" name="Freeform 16"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2506663" y="285750"/>
               <a:ext cx="90488" cy="2493963"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="23" h="635">
                   <a:moveTo>
                     <a:pt x="11" y="577"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="12" y="581"/>
                     <a:pt x="12" y="585"/>
                     <a:pt x="12" y="589"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8108,51 +6890,51 @@
                     <a:pt x="11" y="577"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="43" name="Freeform 17"/>
+            <p:cNvPr id="30" name="Freeform 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2554288" y="2598738"/>
               <a:ext cx="66675" cy="420688"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="17" h="107">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="2" y="19"/>
                     <a:pt x="3" y="37"/>
                     <a:pt x="5" y="56"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8176,51 +6958,51 @@
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="44" name="Freeform 18"/>
+            <p:cNvPr id="31" name="Freeform 18"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3143251" y="4757738"/>
               <a:ext cx="161925" cy="873125"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="41" h="222">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="0" y="31"/>
                     <a:pt x="2" y="62"/>
                     <a:pt x="5" y="93"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8264,51 +7046,51 @@
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="45" name="Freeform 19"/>
+            <p:cNvPr id="32" name="Freeform 19"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3148013" y="1282700"/>
               <a:ext cx="1768475" cy="3448050"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="450" h="878">
                   <a:moveTo>
                     <a:pt x="7" y="854"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="10" y="772"/>
                     <a:pt x="26" y="691"/>
                     <a:pt x="50" y="613"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8387,51 +7169,51 @@
                     <a:pt x="7" y="854"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="46" name="Freeform 20"/>
+            <p:cNvPr id="33" name="Freeform 20"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3273426" y="5653088"/>
               <a:ext cx="138113" cy="287338"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="35" h="73">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="7" y="24"/>
                     <a:pt x="16" y="49"/>
                     <a:pt x="26" y="73"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8445,51 +7227,51 @@
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="47" name="Freeform 21"/>
+            <p:cNvPr id="34" name="Freeform 21"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3143251" y="4656138"/>
               <a:ext cx="31750" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="8" h="48">
                   <a:moveTo>
                     <a:pt x="7" y="44"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="7" y="46"/>
                     <a:pt x="8" y="47"/>
                     <a:pt x="8" y="48"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8513,51 +7295,51 @@
                     <a:pt x="7" y="44"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="48" name="Freeform 22"/>
+            <p:cNvPr id="35" name="Freeform 22"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3211513" y="5410200"/>
               <a:ext cx="203200" cy="530225"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="52" h="135">
                   <a:moveTo>
                     <a:pt x="7" y="18"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="5" y="12"/>
                     <a:pt x="2" y="6"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8592,71 +7374,71 @@
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:alpha val="20000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="49" name="Group 48"/>
+          <p:cNvPr id="10" name="Group 9"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="20421" y="285"/>
-[...2 lines deleted...]
-            <a:chExt cx="1952625" cy="5678034"/>
+            <a:off x="27221" y="-786"/>
+            <a:ext cx="2356674" cy="6854039"/>
+            <a:chOff x="6627813" y="194833"/>
+            <a:chExt cx="1952625" cy="5678918"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="50" name="Freeform 27"/>
+            <p:cNvPr id="11" name="Freeform 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="6627813" y="195717"/>
+              <a:off x="6627813" y="194833"/>
               <a:ext cx="409575" cy="3646488"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="103" h="920">
                   <a:moveTo>
                     <a:pt x="7" y="210"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="11" y="288"/>
                     <a:pt x="17" y="367"/>
                     <a:pt x="26" y="445"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="34" y="523"/>
                     <a:pt x="44" y="601"/>
                     <a:pt x="57" y="679"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="69" y="757"/>
@@ -8717,51 +7499,51 @@
                     <a:pt x="3" y="131"/>
                     <a:pt x="4" y="170"/>
                     <a:pt x="7" y="210"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="51" name="Freeform 28"/>
+            <p:cNvPr id="12" name="Freeform 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7061201" y="3771900"/>
               <a:ext cx="350838" cy="1309688"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="88" h="330">
                   <a:moveTo>
                     <a:pt x="53" y="229"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="64" y="263"/>
                     <a:pt x="75" y="297"/>
                     <a:pt x="88" y="330"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8793,51 +7575,51 @@
                     <a:pt x="21" y="119"/>
                     <a:pt x="36" y="174"/>
                     <a:pt x="53" y="229"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="52" name="Freeform 29"/>
+            <p:cNvPr id="13" name="Freeform 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7439026" y="5053013"/>
               <a:ext cx="357188" cy="820738"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="90" h="207">
                   <a:moveTo>
                     <a:pt x="6" y="15"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="4" y="10"/>
                     <a:pt x="2" y="5"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8869,51 +7651,51 @@
                     <a:pt x="34" y="88"/>
                     <a:pt x="20" y="51"/>
                     <a:pt x="6" y="15"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="53" name="Freeform 30"/>
+            <p:cNvPr id="14" name="Freeform 30"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7037388" y="3811588"/>
               <a:ext cx="457200" cy="1852613"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="115" h="467">
                   <a:moveTo>
                     <a:pt x="101" y="409"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="93" y="388"/>
                     <a:pt x="85" y="366"/>
                     <a:pt x="78" y="344"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -8960,51 +7742,51 @@
                     <a:pt x="108" y="442"/>
                     <a:pt x="104" y="425"/>
                     <a:pt x="101" y="409"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="54" name="Freeform 31"/>
+            <p:cNvPr id="15" name="Freeform 31"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6992938" y="1263650"/>
               <a:ext cx="144463" cy="2508250"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="36" h="633">
                   <a:moveTo>
                     <a:pt x="17" y="633"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="15" y="621"/>
                     <a:pt x="14" y="609"/>
                     <a:pt x="13" y="597"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9061,51 +7843,51 @@
                     <a:pt x="16" y="632"/>
                     <a:pt x="17" y="633"/>
                     <a:pt x="17" y="633"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="55" name="Freeform 32"/>
+            <p:cNvPr id="16" name="Freeform 32"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7526338" y="5640388"/>
               <a:ext cx="111125" cy="233363"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="28" h="59">
                   <a:moveTo>
                     <a:pt x="22" y="59"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="59"/>
                     <a:pt x="28" y="59"/>
                     <a:pt x="28" y="59"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9117,51 +7899,51 @@
                     <a:pt x="6" y="20"/>
                     <a:pt x="13" y="40"/>
                     <a:pt x="22" y="59"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="56" name="Freeform 33"/>
+            <p:cNvPr id="17" name="Freeform 33"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7021513" y="3598863"/>
               <a:ext cx="68263" cy="423863"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="17" h="107">
                   <a:moveTo>
                     <a:pt x="4" y="54"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="8" y="72"/>
                     <a:pt x="13" y="89"/>
                     <a:pt x="17" y="107"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9188,51 +7970,51 @@
                     <a:pt x="1" y="23"/>
                     <a:pt x="3" y="39"/>
                     <a:pt x="4" y="54"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="57" name="Freeform 34"/>
+            <p:cNvPr id="18" name="Freeform 34"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7412038" y="2801938"/>
               <a:ext cx="1168400" cy="2251075"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="294" h="568">
                   <a:moveTo>
                     <a:pt x="8" y="553"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="9" y="501"/>
                     <a:pt x="19" y="448"/>
                     <a:pt x="35" y="397"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9304,51 +8086,51 @@
                     <a:pt x="7" y="563"/>
                     <a:pt x="7" y="558"/>
                     <a:pt x="8" y="553"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="58" name="Freeform 35"/>
+            <p:cNvPr id="19" name="Freeform 35"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7494588" y="5664200"/>
               <a:ext cx="100013" cy="209550"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="25" h="53">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="5" y="18"/>
                     <a:pt x="12" y="36"/>
                     <a:pt x="19" y="53"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9360,51 +8142,51 @@
                     <a:pt x="16" y="36"/>
                     <a:pt x="8" y="18"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="59" name="Freeform 36"/>
+            <p:cNvPr id="20" name="Freeform 36"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7412038" y="5081588"/>
               <a:ext cx="114300" cy="558800"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="29" h="141">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="0" y="30"/>
                     <a:pt x="2" y="60"/>
                     <a:pt x="7" y="89"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9436,51 +8218,51 @@
                     <a:pt x="2" y="7"/>
                     <a:pt x="1" y="3"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="60" name="Freeform 37"/>
+            <p:cNvPr id="21" name="Freeform 37"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7412038" y="4978400"/>
               <a:ext cx="31750" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="8" h="48">
                   <a:moveTo>
                     <a:pt x="0" y="26"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="1" y="29"/>
                     <a:pt x="2" y="33"/>
                     <a:pt x="4" y="37"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9507,51 +8289,51 @@
                     <a:pt x="0" y="11"/>
                     <a:pt x="0" y="19"/>
                     <a:pt x="0" y="26"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="61" name="Freeform 38"/>
+            <p:cNvPr id="22" name="Freeform 38"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7439026" y="5434013"/>
               <a:ext cx="174625" cy="439738"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="0" t="0" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="44" h="111">
                   <a:moveTo>
                     <a:pt x="11" y="28"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="7" y="19"/>
                     <a:pt x="4" y="9"/>
                     <a:pt x="0" y="0"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
@@ -9584,51 +8366,51 @@
                     <a:pt x="15" y="36"/>
                     <a:pt x="11" y="28"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="sr-Latn-RS"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="62" name="Rectangle 61"/>
+          <p:cNvPr id="7" name="Rectangle 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="182880" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
@@ -9638,85 +8420,85 @@
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1945200" y="624110"/>
-            <a:ext cx="6589200" cy="1280890"/>
+            <a:off x="2592924" y="624110"/>
+            <a:ext cx="8911687" cy="1280890"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="2133600"/>
-            <a:ext cx="6591985" cy="3886200"/>
+            <a:off x="2589212" y="2133600"/>
+            <a:ext cx="8915400" cy="3886200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -9733,182 +8515,177 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7772400" y="6135089"/>
-            <a:ext cx="766380" cy="370171"/>
+            <a:off x="10361612" y="6130437"/>
+            <a:ext cx="1146283" cy="370396"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{DB399021-2042-4BB5-A876-24C8DCF7B3D7}" type="datetimeFigureOut">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>1/28/2026</a:t>
+              <a:t>12/10/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942415" y="6135809"/>
-            <a:ext cx="5716488" cy="365125"/>
+            <a:off x="2589212" y="6135808"/>
+            <a:ext cx="7619999" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="511228" y="787783"/>
-            <a:ext cx="584978" cy="365125"/>
+            <a:off x="531812" y="787782"/>
+            <a:ext cx="779767" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="FEFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{7832628A-0968-4CB9-A5F5-B5C464AE0436}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{D57F1E4F-1CFF-5643-939E-217C01CDF565}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483673" r:id="rId1"/>
-[...14 lines deleted...]
-    <p:sldLayoutId id="2147483688" r:id="rId16"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483660" r:id="rId10"/>
+    <p:sldLayoutId id="2147483661" r:id="rId11"/>
+    <p:sldLayoutId id="2147483662" r:id="rId12"/>
+    <p:sldLayoutId id="2147483663" r:id="rId13"/>
+    <p:sldLayoutId id="2147483664" r:id="rId14"/>
+    <p:sldLayoutId id="2147483658" r:id="rId15"/>
+    <p:sldLayoutId id="2147483659" r:id="rId16"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:lumMod val="85000"/>
               <a:lumOff val="15000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
         <a:defRPr>
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
@@ -10264,9715 +9041,8417 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...18 lines deleted...]
-<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2209800" y="2132856"/>
+            <a:ext cx="8836572" cy="2160240"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" err="1">
-[...24 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" dirty="0"/>
+              <a:t>Paradigme u kliničkoj psihologiji</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2438400" y="4437112"/>
+            <a:ext cx="7543800" cy="1365377"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Dinamička dijagnoza i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>eksploracija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t> ličnosti</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1989430470"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="10473"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="6469"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="10473"/>
+      <p:transition spd="slow" advTm="6469"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1763688" y="274638"/>
-            <a:ext cx="4608512" cy="850106"/>
+            <a:off x="1572659" y="319310"/>
+            <a:ext cx="9570709" cy="1280890"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Glavne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" b="1" dirty="0"/>
+              <a:t>paradigme u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" b="1"/>
+              <a:t>kliničkoj psihologiji</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0"/>
+              <a:t>u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>funkciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>klini</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0"/>
+              <a:t>č</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>ke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>procene</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="827584" y="1412776"/>
-            <a:ext cx="8030696" cy="5088058"/>
+            <a:off x="1655184" y="1688272"/>
+            <a:ext cx="9160805" cy="4791549"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...161 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ubinsko-psihološka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili psihodinamska</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ognitivno-bihejvioralna</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>H</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>umanistička</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ili </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>F</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>enomenološko-egzistencijalistička</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihologija individualnih razlika,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>crta ličnosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>istemska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> teorija</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medicinska/biološka</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Postmoderna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: socijalni konstrukcionizam, feministička,...</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pitanje- koji su nam koncepti korisni iz koje teorije?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Da li možemo bilo čime objasniti bilo šta ili od svega po malo tamo gde se najbolje uklapa u objašnjenje i razumevanje individualne ličnosti  u specifičnom  kontekstu njene životne istorije ?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="x-none" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2083422087"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="258948"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="68953"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="258948"/>
+      <p:transition spd="slow" advTm="68953"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24578" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
-[...34 lines deleted...]
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="683568" y="1484784"/>
-            <a:ext cx="8280920" cy="4641379"/>
+            <a:off x="1524000" y="1240220"/>
+            <a:ext cx="9392356" cy="5617780"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...11 lines deleted...]
-              </a:rPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Prva „sila“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>u teorijama ličnosti i psihoterapiji.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Orijentisan na pronalaženje zastoja u razvoju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>analizom intrapsihičkih i nesvesnih procesa. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Koristi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>hipotetičke konstrukte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>za opis nevidljivih intrapsihičkih struktura i dinamike ličnosti (ego, self, mehanizmi odbrane, konflikti, kompleksi, internalizovane objekt-relacije, itd.).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Linearna kauzalnost: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>uzrok –posledica model hipoteziranja.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>liničar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> je „iznad“ pacijena i poseduje svu moć u odnosu (znanje, ekspertizu, harizmu...; P je pasivan primalac usluge)- prevazilaženje ove paradigme</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1631504" y="388883"/>
+            <a:ext cx="9036496" cy="851337"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
-[...105 lines deleted...]
-            </a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Psihoanalitički/psihodinamski pristup </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1350870353"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="159288"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="70683"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="159288"/>
+      <p:transition spd="slow" advTm="70683"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="274638"/>
-[...35 lines deleted...]
-            <a:ext cx="8136904" cy="4896544"/>
+            <a:off x="2135560" y="274638"/>
+            <a:ext cx="8322128" cy="634082"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
-[...45 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" b="1" dirty="0"/>
+              <a:t>sihoanalitičke škole</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1576553" y="1052735"/>
+            <a:ext cx="9848192" cy="5415797"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> SAD:</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="3100" b="1" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...46 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>eofrojdovska škola </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Hornaj i From)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Interpersonalna psihoanaliza </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Saliven)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>elf psihologija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Kohut)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3100" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...42 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Strukturalna teorija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>objektnih relacija (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kernberg)</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="3100" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Relaciona </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>psiho</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>analiza </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Stiven Mičel)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>V. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Britan</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>40-tih:</a:t>
+            </a:r>
+            <a:endParaRPr lang="x-none" sz="3100" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Grupa okupljena oko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ane Frojd </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ego psihologija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
-[...25 lines deleted...]
-            </a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kasnije u SAD (Hartman, Levenštajn, Margaret Maler, Erik Erikson, Edit Jakobson)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>„Klajnijanci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“ (grupa okupljena oko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Melani Klajn</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, Rivier, Rosenfeld, Sigal i kasnije „neoklajnijanci“ Bion, Maler, Raker)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Grupa “nezavisnih” </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iz koje je proistakla </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorija objektnih odnosa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Ferbern, Balint, Vinikot, Bolbi)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="x-none" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2272501955"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="150326"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="66903"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="150326"/>
+      <p:transition spd="slow" advTm="66903"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="30722" name="Rectangle 2"/>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3260923938"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1666844" y="1285860"/>
+          <a:ext cx="8858312" cy="5467524"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="4429156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="4429156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="926233">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                      </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>               </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Psihoanalitički pristup</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" dirty="0"/>
+                        <a:t>      </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Psihodinamski pristup</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1237618">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>           </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>naglasak na  Id-u    </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>            (teorija nagona)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>       </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>naglasak na Egu </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   (i njegovim funkcijama)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="926233">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>          i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ntrapsihički konflikti</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>             (struktura ličnosti)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      interiorizovani interpersonalni</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> konflikti   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>         (objektne relacije)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="926233">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0"/>
+                        <a:t>        </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>mehanizmi</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>odbr</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ane</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                        <a:t>      MO i </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ovladavanje             </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      (nivo i tip adaptacije)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="926233">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                        <a:t>        </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>biološki determinizam</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+                        <a:t>      </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>socijalni determinizam</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1403648" y="274638"/>
-            <a:ext cx="7283152" cy="706090"/>
+            <a:off x="1881158" y="274638"/>
+            <a:ext cx="8786842" cy="778098"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...7 lines deleted...]
-              <a:effectLst/>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihoanalitički  vs.  psihodinamski pristup</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...274 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4162641991"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="116679"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="96033"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="116679"/>
+      <p:transition spd="slow" advTm="96033"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33794" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1547664" y="274638"/>
-            <a:ext cx="5544616" cy="778098"/>
+            <a:off x="1523999" y="304800"/>
+            <a:ext cx="9974317" cy="762000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...7 lines deleted...]
-              <a:effectLst/>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" b="1" dirty="0"/>
+              <a:t>Osnovni diferencijalno-dijagnostički trijas</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihodinamski diferencijalno dijagnostički trijas</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-          </p:cNvSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph sz="quarter" idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4235470388"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvSpPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2024034" y="1643052"/>
+          <a:ext cx="8229600" cy="4459135"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{8A107856-5554-42FB-B03E-39F5DBC370BA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2057400">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2057400">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2057400">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2057400">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="892975">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="1800" b="0" i="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Nivo</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="1800" b="0" i="1" baseline="0" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> funkcionisanja</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="sr-Latn-CS" sz="1800" b="0" i="1" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="1800" b="0" i="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Oblast</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="1800" b="0" i="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>funkcionisanja</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1800" b="0" i="1" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      Neurotični</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    Granični </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>         (PL)                    </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     Psihotični</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="892975">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      Identitet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    integrisan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      difuzan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>  konfuzan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (neintegrisan)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="892975">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     Mehanizmi   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     odbrane</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   neurotični</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (potiskivanje)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     nezreli</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    (spliting)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    patološki</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>  (disocijacija)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="892975">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      Testiranje </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      realnosti</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>     očuvano</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>    </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>delimične    </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> distorzije</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                          <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>   poremećeno</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Straight Connector 8"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="539552" y="1268760"/>
-            <a:ext cx="8424936" cy="5472608"/>
+            <a:off x="2095472" y="1928802"/>
+            <a:ext cx="1928826" cy="571504"/>
           </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...356 lines deleted...]
-      </p:sp>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3865289945"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="247783"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="84921"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="247783"/>
+      <p:transition spd="slow" advTm="84921"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1851378" y="1417639"/>
+            <a:ext cx="9369778" cy="5220228"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Orijentisan na analizu i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>opis ponašanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ispitanika (umesto na interpretacije).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Definicija prirode </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>problema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (umesto dijagnoza).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak na razvojnim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredinskim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>determinantama </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(umesto intrapsihičkim). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglašavaju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>značaj učenja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>u normalnom razvoju i formiranju psihopatologije (uslovljavanje, potkrepljenje, modelovanje...) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihički poremećaji i simptomi su posledica </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3200" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>disfunkcionalnih kognicija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3200" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(šeme, iracionalna uverenja, derivati..</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3200" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak u terapiji je na  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>modifikaciji ponašanja </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="3000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(ne na restrukturaciji ličnosti).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kliničar je i dalje malo „iznad“ P (poznaje tehniku kojom leči P, ali P aktivno učestvuje). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="214290"/>
-            <a:ext cx="7111102" cy="622422"/>
+            <a:off x="1755228" y="274638"/>
+            <a:ext cx="9890234" cy="881500"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>U</a:t>
-[...33 lines deleted...]
-            </a:endParaRPr>
+              <a:t>o</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>gnitivno-bihevioralni pristup – Druga sila</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...187 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1313925497"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="186170"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="84774"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="186170"/>
+      <p:transition spd="slow" advTm="84774"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...356 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1086524" y="1344706"/>
+            <a:ext cx="9540040" cy="5513294"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>zdravom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> u ličnosti, umesto na deficitu;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> orijentacija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>na snage i potencijale </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ličnosti, a ne na patologiju (simptom se redefiniše kao pogrešno rešenje problema). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak na razumevanju čovekovog  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>jedinstvenog doživljaja    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(umesto  hipotetičkih struktura, nesvesnih motiva,  i sl.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pretpostavka </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>celovite</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ličnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(nasuprot posmatranja delova)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i njene </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sistemske samoregulacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Značaj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>interpersonalnih odnosa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(umesto  nesvesnih konflikata ili učenja)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Shvatanje čoveka kao </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>voljnog i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>slobodnog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> neponovljivog i jedinstvenog bića (umesto psihološkog determinizma).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglašavanje lične </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>slobode izbora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>za način egzistencije i terapijsku promenu  (optimistička, “pozitivna” psihologija).</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fenomenološki fokus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>opis komunikacije i doživljavanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>umesto kvalifikacija ličnosti (umesto hipotetskih intrapsihičkih i nesvesnih sadržaja) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Preraspodela terpijske moći – Kliničar i pacijent/klijent su jednaki!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1547664" y="188640"/>
-            <a:ext cx="6048672" cy="720080"/>
+            <a:off x="1692754" y="177819"/>
+            <a:ext cx="8784976" cy="962492"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Humanistički pristup – Treća sila </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fenomenološko – egzistencijalnistički pristup</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...339 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4272096452"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="79007"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="90919"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="79007"/>
+      <p:transition spd="slow" advTm="90919"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...33 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="25603" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="899592" y="1628800"/>
-            <a:ext cx="7992888" cy="4896544"/>
+            <a:off x="1538344" y="1495313"/>
+            <a:ext cx="9129656" cy="5030030"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Čovek je </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...2 lines deleted...]
-              <a:t>Lakše je  </a:t>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>relaciono</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>biće </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...17 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>koje je stalno u procesu otkrivanja sebe u svetu ( povezan sa svetom i kulturom).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“Egzistencija prethodi esenciji”: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>napravi korak pa ćeš saznati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>    </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  (kopernikanski obrt: prvo promeni, pa anaiziraj!)</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Saznavanje o čoveku je dvosmerno, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>relaciono saznavanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (iz odnosa, pre svega, a ne preko “objektivnog merenja” i jednosmerne procene).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Čovek je biće koje je stalno u procesu nastajanja i u  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>neprekidnom menjanju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(a ne statični proizvod svoje prošlosti).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Čovek uvek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stremi napred,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>anticipirajući budućnost  i ima potencijal za pozitivnu promenu. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...190 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
+              <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25602" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="0"/>
+            <a:ext cx="8964488" cy="1215482"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Osnovne postavke humanističke paradigme</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1461970755"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="130710"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="141216"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="130710"/>
+      <p:transition spd="slow" advTm="141216"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1118795" y="1064712"/>
+            <a:ext cx="10994316" cy="5793288"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fenomenologija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>K. Jaspers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Egzistencijalna filozofija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Niče, Kjerkegor,  Sartr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>): sloboda u odgovornosti,  suočavanje sa egzistencijalnom  anksioznošću </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dijaloški stav </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>M. Buber</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>):  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ja-Ti   vs.  Ja-Ono</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, obostranost, uzajamno potvrđivanje</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Maslova, Olporta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.... </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Geštalt psihologija: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>holistički pristup - uzimanje u obzir ukupnog polja ličnosti (Levin)</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Jakob Moreno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– teorija socijalnog polja......</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Terapija usmerena na klijenta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(K. Rodžers) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Egzistencijalistička</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  psihologija i psihoterapija (I. Yalom, V. Frankl)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Geštalt teorija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i praksa (F. Perls)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Transakciona analiza </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(interpersonalne terapije, E. Bern)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1619672" y="274638"/>
-            <a:ext cx="5328592" cy="850106"/>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8229600" cy="706090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
-[...5 lines deleted...]
-              <a:effectLst/>
+              <a:rPr lang="sr-Latn-CS" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Teorijske osnove i terapijski pravci </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...166 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="614709384"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="61153"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="59705"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="61153"/>
+      <p:transition spd="slow" advTm="59705"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21506" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1908048" y="1804065"/>
+            <a:ext cx="8229600" cy="4666523"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Smetnje na relaciji ličnost –sredina</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>grani</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>čavajući spoljni uticaji</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Poremećaji interpersonalne komunikacije </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dovoljno razvijeni ili angažovani kapaciteti ličnosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="274638"/>
-            <a:ext cx="7211144" cy="777875"/>
+            <a:off x="1617024" y="603822"/>
+            <a:ext cx="8784976" cy="922114"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...8 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0"/>
+              <a:t>Uzroci psihopatologije: humanistički diskurs</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...277 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1915525464"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="99227"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="48225"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="99227"/>
+      <p:transition spd="slow" advTm="48225"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19458" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1703512" y="1052736"/>
+            <a:ext cx="9153674" cy="5328592"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Postoje različiti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pristupi razumevanju, objašnjavanju i  izveštavanju:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> kako zamišljamo i proučavamo neku pojavu , kako prikupljamo i tumačimo dobijene podatke, kako postupamo sa  i izveštavamo o predmetu ispitivanja.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Teorijski modeli određuju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>način kako razumemo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>           nastanak poremećaja (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>etiologija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>           razvoj ličnosti i poremećaja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>interakcije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dinamika)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>           mogućnosti lečenja (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>terapija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3203848" y="332656"/>
-            <a:ext cx="2088232" cy="667452"/>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8229600" cy="706090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...20 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Teorijski modeli u praksi KP</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...410 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1416624871"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="66651"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="77863"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="66651"/>
+      <p:transition spd="slow" advTm="77863"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22530" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1775520" y="1517300"/>
+            <a:ext cx="8712968" cy="4843307"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Empatično razumevanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> koje počiva na saosećanju. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Deskripcija, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>bez predrasuda i etiketa ( opis i razumevanje umesto interpretacije).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Subjekt-pojedinac je u centru spoznaje i polazi se od njegovih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>doživljavanja i osećanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Relevantan je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lični doživljaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, a ne “stvarnost”.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Čovek biva </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>posmatran u svojoj celini </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kao delujući subjekt, kao biološko, psihološko i socijalno biće.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Retko korišćenje testova</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>! </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Koriste se kvalitativne metode  (intervju) ili alternativni “instrumenti” u zavisnosti od pravca (skale procene i sl.)</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2987824" y="274639"/>
-            <a:ext cx="2880320" cy="706090"/>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8828762" cy="706090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...290 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0">
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Humanistička psihologija i klinička procena</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4246091752"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="78361"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="157846"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="78361"/>
+      <p:transition spd="slow" advTm="157846"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1463040" y="1419366"/>
+            <a:ext cx="9832489" cy="5175071"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izbegavanje psihijatrijske i psihološke terminologije.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>zbegavanje kategorijalnog pristupa i klasifikacija.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Osobine ličnosti se najpre pozitivno konotiraju kao </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>korisna razvojna rešenja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>koja su imala svoju adaptivnu funkciju   (pre nego što se radi na njihovoj promeni).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>snagama, rezilijenciji i resursima </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ličnosti.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Simptomi i poremećaji se stavljaju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>u kontekst </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>negativnih sredinskih faktora.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihički poremećaji se posmatraju kao posledice interpersonalnih poremećaja (slično kao kod teorije objektnih odnosa!), ali više vezano za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ovde-i-sada.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1259632" y="116632"/>
-            <a:ext cx="7427168" cy="648072"/>
+            <a:off x="1919536" y="260648"/>
+            <a:ext cx="8229600" cy="864096"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3200" b="1" dirty="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Opis ličnosti i pozitivna konotacija</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...268 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1822999931"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="207743"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="67519"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="207743"/>
+      <p:transition spd="slow" advTm="67519"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1783644" y="1417639"/>
+            <a:ext cx="9369778" cy="4762444"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Rad sa porodicama i većim sistemima</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Koncept „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Identifikovanog  pacijenta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“ - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>bolestan je sistem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, a ne pojedinac</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fokus posmatranja je sistem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>umesto pojedinca</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Naglasak na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>cirkularnoj kauzalnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>za razliku od linearne</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kliničar je „ispod“ pacijenta/klijenta</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pacijent i njegov sistem su vodič za terapeute, terapeuti  su tu da poremete patološku homeostazu, da bi se sistem sam izlečio.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2987824" y="274638"/>
-            <a:ext cx="2880320" cy="490066"/>
+            <a:off x="1981201" y="430924"/>
+            <a:ext cx="9523412" cy="903890"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Sistemska paradigma</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...178 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="928208031"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="153239"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="108709"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="153239"/>
+      <p:transition spd="slow" advTm="108709"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="274638"/>
-            <a:ext cx="7211144" cy="706090"/>
+            <a:off x="1624737" y="225912"/>
+            <a:ext cx="9412609" cy="882126"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3200" b="1" dirty="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Sistemska paradigma i klinička procena</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611560" y="1340768"/>
-            <a:ext cx="8532440" cy="5112568"/>
+            <a:off x="1333948" y="1409253"/>
+            <a:ext cx="10248452" cy="4716912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
-[...40 lines deleted...]
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dijagnoze su izražene u formi hipoteza.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Određivanje porodičnog životnog ciklusa </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Predmet procene su grupe (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>parovi, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>porodice) i relacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Instrumenti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2600" dirty="0">
-[...120 lines deleted...]
-              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>procene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>a)	s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>trukturirani intervjui, upitnici i izveštaji o ponašanju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>opservacija</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>b)  r</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>elaciona dijagnoza (interpersonalni i kontekstualni faktori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>c)   u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nutarporodični odnosi</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>d)  r</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>azvojne specifičnosti i transgeneracijski prenos - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>g</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>enogram </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>e)	 p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ovezanost porodice sa drugim sistemima iz okruženje –</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ko mapa</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1787764319"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1297357" y="260648"/>
-            <a:ext cx="7355160" cy="648072"/>
+            <a:off x="1731981" y="624110"/>
+            <a:ext cx="9772631" cy="914234"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Sistemska paradigma i klinička procena</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1395113" y="1735567"/>
+            <a:ext cx="8915400" cy="3777622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3200" b="1" dirty="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>orodična struktura</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>F</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>aze životnog ciklusa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>onavljenje obrazaca kroz generacije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Životni događaji i porodično funkcionisanje</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Obrasci odnosa - trouglovi, koalicije, alijanse, granice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Porodični balansi i disbalansi- uloge, funkcionisanje, vrednosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...284 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1942335286"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2339752" y="142852"/>
-            <a:ext cx="3240360" cy="621852"/>
+            <a:off x="1723699" y="624110"/>
+            <a:ext cx="9780914" cy="962952"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Varijetet postmodernih pristupa- četvrte sile</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="467544" y="1196752"/>
-            <a:ext cx="8496944" cy="5832648"/>
+            <a:off x="1512711" y="1587062"/>
+            <a:ext cx="9722849" cy="4324160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...225 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="3100" dirty="0">
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Od 60tih na ovamo, stotine ideologija su propagirane: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Transpersonalna psihologija</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Psihologija porodičnih sistema</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Feministička psihologija</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Multikulturna psihologija</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ekopsihologija</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Socijalni konstrukcionizam i postmodernizam</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1386508013"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="202530"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="38980"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="202530"/>
+      <p:transition spd="slow" advTm="38980"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1547664" y="404664"/>
-            <a:ext cx="6480720" cy="693860"/>
+            <a:off x="1543854" y="624110"/>
+            <a:ext cx="9791426" cy="1114379"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Kolektivna nova paradigma: zajedničke teme </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>                          </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>(Ratts &amp;Pederson, 2014)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="2133600"/>
+            <a:ext cx="9980612" cy="3777622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
-[...178 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Veća tolerancija ambivalentnosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Veći naglasak na subjektivizmu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Poštovanje nelinearnosti dinamike</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Prepoznavanje multidimenzionalnih, višestrukih istina</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Vrednost kvalitativnih metoda</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2303556834"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="123988"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="32155"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="123988"/>
+      <p:transition spd="slow" advTm="32155"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2267744" y="274638"/>
-            <a:ext cx="3888432" cy="706090"/>
+            <a:off x="1744531" y="1508725"/>
+            <a:ext cx="9120693" cy="4810539"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3200" b="1" dirty="0">
-[...5 lines deleted...]
-              <a:effectLst/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Danas najčešće u upotrebi! </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(Kazdan 2008)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Podrazumeva korišćenje  različitih teorijskih koncepata u funkciji što boljeg razumevanja ličnosti i poremećaja</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> npr. mnogi humanistički orijentisani terapeuti koriste koncept objektnih relacija ili mehanizama odbrane...</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Obezbeđuje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mnogostruke diskurse </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>u posmatranju pojava, kao i različite okvire za objašnjavanje raznolikosti i jedinstvenosti pojedinačnih slučajeva.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="755576" y="1124744"/>
-            <a:ext cx="8208912" cy="5517356"/>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8229600" cy="850106"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
-[...133 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Izvan 4 sile: Integrativni pristup </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3361006558"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="97192"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="103504"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="97192"/>
+      <p:transition spd="slow" advTm="103504"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...62 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="755576" y="1412776"/>
-            <a:ext cx="8208912" cy="5040560"/>
+            <a:off x="1306285" y="1344706"/>
+            <a:ext cx="9937820" cy="5252646"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
-[...28 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Klinička </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>praksa je uvek integrativna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: potrebno je sagledavati pojedinačni slučaj sa različitih diskursa  („</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>What works for whom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Jedan pristup često nije dovoljan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>da osvetli celokupnu kompleksnost ličnosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
-[...48 lines deleted...]
-            <a:pPr>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Paradigme ne isključuju jedna drugu, naprotiv, one su </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>komplementarne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> u praksi.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Gotovo sve paradigme posle psihoanalize su delom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>derivat psihoanalize</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, ali više socijalno orijentisane iako koriste njene koncepte (javno ili </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tajno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="109728" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0">
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...4 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8229600" cy="922114"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Integracija paradigmi</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1886090472"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="65647"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="73806"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="65647"/>
+      <p:transition spd="slow" advTm="73806"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1587062"/>
+            <a:ext cx="9980612" cy="4324160"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Novi modeli razumevanja, interpretacije ili terapije ličnosti i poremećaja razvijeni su na osnovama starih ili kao </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kontrapunkt, ili kao varijacije na temu.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>U postmodernoj eri, paradigme su se prirodno približile jedna drugoj i međusobno se dopunjuju  (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>integrativni modeli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Različite paradigme dobijaju primat u objašnjavanju pojedinačnog slučaja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kao</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>optimal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>za objašnjavanje i razumevanje te ličnosti i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tog poremećaja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i u određenim fazama terapije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1331640" y="260648"/>
-[...38 lines deleted...]
-            <a:ext cx="8280920" cy="4752528"/>
+            <a:off x="2592925" y="624110"/>
+            <a:ext cx="8911687" cy="805297"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...97 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Integrativni pristup</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="739889434"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="2000" advTm="111653"/>
+      <p:transition spd="slow" p14:dur="2000" advTm="81798"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advTm="111653"/>
+      <p:transition spd="slow" advTm="81798"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35842" name="Rectangle 2"/>
-[...365 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Psihološke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="23555" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611560" y="1268760"/>
-[...834 lines deleted...]
-            <a:ext cx="6589199" cy="932682"/>
+            <a:off x="1083733" y="1700214"/>
+            <a:ext cx="10100734" cy="4752975"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings 2" pitchFamily="18" charset="2"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>Definicija- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>kao n</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>aučni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
-[...44 lines deleted...]
-              <a:t>Ispitivač- vodi nedirektivni intervju po fazama:</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>modeli, pomoću:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>definicij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>opisa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>objašnjenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>terminologij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="Ø"/>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-[...13 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>metodologij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings 2" pitchFamily="18" charset="2"/>
               <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>F</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>unkcij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>a-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>formiranja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>konceptualnog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>okvira</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>selekciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>organizaciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>informacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> o </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>njihovu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>integraciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>interpretaciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>olakšava</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>komunikaciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>razmenu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>saznanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1549254155"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1046991500"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24578" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Psihološke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1403648" y="260648"/>
-            <a:ext cx="7632848" cy="864096"/>
+            <a:off x="801511" y="1628775"/>
+            <a:ext cx="10939640" cy="4470400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings 2" pitchFamily="18" charset="2"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>Osnovni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> problem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t>a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>ov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>paralelno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>postojanj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>različitih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>konkurentskih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>modela</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>psihodinamskih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>kognitivno-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>bihe</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>vioralnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>humanističkih i egzistencijalističkiih/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>fenomenoloških</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>interpersonalnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t> i sistemkih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>modeli crta ličnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>itd</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>., i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>njihovih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>brojnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>podtipova</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>izbor</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>adekvatnog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>teorijskog</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>modela</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...225 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3913741533"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23554" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Psihološke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25603" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1691680" y="274638"/>
-            <a:ext cx="5112568" cy="922114"/>
+            <a:off x="778934" y="1700214"/>
+            <a:ext cx="10688718" cy="4681537"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...34 lines deleted...]
-            <a:pPr eaLnBrk="1" hangingPunct="1">
+            <a:pPr marL="0" indent="0">
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Da li je neka teorija ispravna, tačna, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>istinit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>?</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0">
-[...25 lines deleted...]
-            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>k</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>riterijum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t>o</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
+              <a:t>buhvatnosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0">
-[...25 lines deleted...]
-            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>empirijski</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>kriterijumi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>validnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0">
-[...22 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>pragmatički</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>kriterijumi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>upotrebljivosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>". </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0">
-[...44 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>isključivo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
-[...7 lines deleted...]
-            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>oslanjanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>visoko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>postavljene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>empirijske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>kriterijume</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>čini</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> se da bi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>osiromašlilo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>kliničku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> psihologiju za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>mnoge</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>manje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>dokazive</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>", </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>ali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>korisne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>psihološke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>konstrukte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="1200"/>
               </a:spcAft>
-              <a:buFontTx/>
-              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>Balans</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>između</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0" err="1"/>
+              <a:t>zamki</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>redukcionizma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>neobavezujuće</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>proizvoljnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2181339390"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Psihološke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="1" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26627" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475657" y="624110"/>
-            <a:ext cx="7058744" cy="860674"/>
+            <a:off x="711200" y="1773238"/>
+            <a:ext cx="10378018" cy="4325937"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...30 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0"/>
+              <a:t>Super-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>teorija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0"/>
-[...35 lines deleted...]
-              <a:buNone/>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>koja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> bi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>obuhvatala</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>sve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t>" o </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>ličnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>-teško dostižan cilj</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>Konstruktivistički</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>metateorijski</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>okvir</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t>u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>pristupu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>ljudskoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>prirodi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>omogućava</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>fleksibilnost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>izbora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>alternativnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>teorijskih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>modela</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
-[...28 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>kriterijumi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>izbora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>bi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>mogli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>zavisiti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0" err="1"/>
+              <a:t>prvenstveno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>namene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>procene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" b="1" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1800164042"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4060379331"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="16387" name="Rectangle 3"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1106311" y="1315155"/>
+            <a:ext cx="9830340" cy="5655799"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nema zajedničke  teorijske  osnove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Empirizam</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>–oslonac na iskustvo, tradiciju</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2000" i="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Eklekticizam – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>istovremeno koristi koncepte različitih teorijskih modela, a koji obično i ne stoje iza različitih metoda procene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Procena se oslanja na različite </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorije,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>modele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> koncepte ličnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>za analizu i interpretaciju podataka</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Oslanja se  na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorije psihopatologije </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> koje iznose hipoteze  o etiologiji pojedinih poremećaja (bio-psiho-socijalna perspektiva)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Oslanja se na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorije promene </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iz psihoterapije koje govore o tome na čemu treba raditi kako bi se dostigao terapijski cilj</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Klinička procena je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>medijator</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> izmedju psihologije ličnosti i psihopatologije</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2000" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Opasnost  tautologije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> prividnog i  cirkularnog objašnjavanja (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>uklapanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pacijenta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorijske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> postulate </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>osnovu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>simptoma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>osnovu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kojih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>potvr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>đujemo validnost istih teorijskih koncepata!</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16386" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1907704" y="274638"/>
-            <a:ext cx="4896544" cy="922114"/>
+            <a:off x="1794933" y="274638"/>
+            <a:ext cx="9787467" cy="706090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0">
                 <a:effectLst/>
-              </a:rPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Teorijska osnova psiho</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="4000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ške procene</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
               <a:effectLst/>
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...102 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3799304114"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...6 lines deleted...]
-  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...27 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1619673" y="1772816"/>
-            <a:ext cx="6914728" cy="4138406"/>
+            <a:off x="1735843" y="1744717"/>
+            <a:ext cx="9371012" cy="4166505"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
-[...60 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Prvi nivo interpretacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: dovodi u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>logičnu vezu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(eventualno uzročno-posledičnu) pojedinačne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podatke o ličnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(npr. osobine majčinske nege sa tipom afektivne vezanosti osobe.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Drugi nivo interpretacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: o</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dnosi se na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pravljenje hipoteza </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>o uticaju tako povezanih pojedinačnih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podataka na sadašnje tegobe i probleme ispitanika,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>npr. kako taj tip afektivne vezanosti utiče danas na pacijentove probleme u partnerskim relacijama..) </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Nivoi interpretacije u KP</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="206051554"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3156577355"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="2000" advTm="47768"/>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advTm="47768"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1433689" y="1484784"/>
+            <a:ext cx="9640711" cy="4968552"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Zatim tako povezane podatke </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>objašnjavamo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teorijskim konceptima i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pojedinačnoj hipotezi dodajemo “ostatak” teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, čime je omogućeno  povezivanje većeg broja pojava kod određene osobe.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Povezivanje sa teorijama </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>omogućava predviđanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>budućeg toka poremećaja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(npr. ako P ima “zabranu na mišljenje”, možemo da pretpostavimo da će imati problema u akademskim postignućima i pored visokog IQ).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1945201" y="624110"/>
-[...28 lines deleted...]
-            <a:ext cx="7274769" cy="4968552"/>
+            <a:off x="1981200" y="274638"/>
+            <a:ext cx="8229600" cy="778098"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...61 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Interpretacija</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1065907215"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3934164386"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="2000" advTm="40559"/>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advTm="40559"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Wisp">
   <a:themeElements>
     <a:clrScheme name="Wisp">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="766F54"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E3EACF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A53010"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="DE7E18"/>
       </a:accent2>
@@ -20186,393 +17665,367 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Wisp" id="{7CB32D59-10C0-40DD-B7BD-2E94284A981C}" vid="{24B1A44C-C006-48B2-A4D7-E5549B3D8CD4}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Wisp</Template>
   <TotalTime></TotalTime>
-  <Words>2854</Words>
+  <Words>2223</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-[...2 lines deleted...]
-  <Notes>18</Notes>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>257</Paragraphs>
+  <Slides>29</Slides>
+  <Notes>7</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>34</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="40" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Wisp</vt:lpstr>
-      <vt:lpstr>Klinički intervju </vt:lpstr>
-[...32 lines deleted...]
-      <vt:lpstr>Zadatak za vežbu</vt:lpstr>
+      <vt:lpstr>Paradigme u kliničkoj psihologiji</vt:lpstr>
+      <vt:lpstr>Teorijski modeli u praksi KP</vt:lpstr>
+      <vt:lpstr>Psihološke teorije ličnosti</vt:lpstr>
+      <vt:lpstr>Psihološke teorije ličnosti</vt:lpstr>
+      <vt:lpstr>Psihološke teorije ličnosti</vt:lpstr>
+      <vt:lpstr>Psihološke teorije ličnosti</vt:lpstr>
+      <vt:lpstr>Teorijska osnova psihološke procene</vt:lpstr>
+      <vt:lpstr>Nivoi interpretacije u KP</vt:lpstr>
+      <vt:lpstr>Interpretacija</vt:lpstr>
+      <vt:lpstr>Glavne paradigme u kliničkoj psihologiji u funkciji kliničke procene</vt:lpstr>
+      <vt:lpstr> Psihoanalitički/psihodinamski pristup  </vt:lpstr>
+      <vt:lpstr>Psihoanalitičke škole</vt:lpstr>
+      <vt:lpstr>Psihoanalitički  vs.  psihodinamski pristup</vt:lpstr>
+      <vt:lpstr>Osnovni diferencijalno-dijagnostički trijas         Psihodinamski diferencijalno dijagnostički trijas</vt:lpstr>
+      <vt:lpstr>Kognitivno-bihevioralni pristup – Druga sila</vt:lpstr>
+      <vt:lpstr> Humanistički pristup – Treća sila Fenomenološko – egzistencijalnistički pristup</vt:lpstr>
+      <vt:lpstr>    Osnovne postavke humanističke paradigme</vt:lpstr>
+      <vt:lpstr>Teorijske osnove i terapijski pravci </vt:lpstr>
+      <vt:lpstr>Uzroci psihopatologije: humanistički diskurs</vt:lpstr>
+      <vt:lpstr>Humanistička psihologija i klinička procena</vt:lpstr>
+      <vt:lpstr>Opis ličnosti i pozitivna konotacija</vt:lpstr>
+      <vt:lpstr>Sistemska paradigma </vt:lpstr>
+      <vt:lpstr>Sistemska paradigma i klinička procena</vt:lpstr>
+      <vt:lpstr>Sistemska paradigma i klinička procena</vt:lpstr>
+      <vt:lpstr>Varijetet postmodernih pristupa- četvrte sile</vt:lpstr>
+      <vt:lpstr>Kolektivna nova paradigma: zajedničke teme                            (Ratts &amp;Pederson, 2014)</vt:lpstr>
+      <vt:lpstr>Izvan 4 sile: Integrativni pristup </vt:lpstr>
+      <vt:lpstr>Integracija paradigmi</vt:lpstr>
+      <vt:lpstr>Integrativni pristup</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Intervju</dc:title>
-  <dc:creator>Jovanovic</dc:creator>
+  <dc:title>Paradigme u kliničkoj psihologiji Uvod</dc:title>
+  <dc:creator>Mira</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>