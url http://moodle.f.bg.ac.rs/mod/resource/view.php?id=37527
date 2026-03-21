--- v0 (2025-12-15)
+++ v1 (2026-03-21)
@@ -1,5749 +1,3910 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="45EF0090" w14:textId="1E15ACAC" w:rsidR="00104E28" w:rsidRPr="00F25404" w:rsidRDefault="0088353A" w:rsidP="00104E28">
-[...35 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5D196914" w14:textId="0897A4BE" w:rsidR="00D02797" w:rsidRPr="00CD4A2F" w:rsidRDefault="00D02797" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4A2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rešeni zadaci iz lekcije Transformacija kvantitativnih podataka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28768122" w14:textId="10D61334" w:rsidR="00D02797" w:rsidRPr="00CD4A2F" w:rsidRDefault="00D02797" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4A2F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Priredio Aleksa Trebec AN24/25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F854FD" w14:textId="0DA06398" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Priprema za čas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E121E9" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">Fajl koji ćemo koristiti u svim zadacima je </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CY08MSP_STU_QQQ_SRB_2025.SAV.sav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">. 2025 u imenu znači da je pripremljena za kurs u 2025. godini, ali u pitanju je baza iz ciklusa PISA 2022. godine. U bazi se nalaze sve varijable koje postoje u glavnoj PISA bazi, ali koristimo i jednu koju smo sami izgradili za potrebe časa. Baza koju koristimo sadrži samo učenike iz Srbije (6413). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDEC3BC" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Napomena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0A5FBB" w14:textId="44EFFDF9" w:rsidR="00104E28" w:rsidRPr="00F25404" w:rsidRDefault="00104E28" w:rsidP="00104E28">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+    <w:p w14:paraId="4007BFD7" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>Svaki zadatak za ove vežbe nalazi se na novoj strani. Rombom (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">♦) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">su označeni postupci i ciljevi zadatka, a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kurzivom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> je označeno pitanje na koje tekstualno treba pružiti odgovor, odnosno tumačenje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04576BF5" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79"/>
+    <w:p w14:paraId="28D5491B" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zadatak 1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19626601" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Napraviti jediničnu raspodelu varijable Podrška nastavnika matematike učeniku (var. TEACHSUP) i varijable Matematička pismenost (var. MATH). Odrediti aritmetičku sredinu, standardnu devijaciju, najniži rezultat, prvi kvartil, medijanu, treći kvartil i najviši rezultat za obe varijable. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:br/>
+        <w:t xml:space="preserve">Odlaskom u meni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Analyze </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descriptive Statistics </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Frequencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">otvoriće se dijaloški prozor u kojem možemo da izdamo naredbu programu za pravljenje jedinične raspodele i izračunavanje traženih vrednosti. Pošto smo pronašli varijable u listi prebacujemo ih pomoću strelice u okvir označen sa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Variable(s) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">smešten desno, a potom klikom na dugme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statistics </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">uključujemo vrednosti čije nam se izračunavanje traži u zadatku. Prvi i treći kvartil definišemo kao percentil 25 i 75 i dodajemo ih pomoću dugmeta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">u okvir označen sa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Percentile(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">. Pritiskom na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Continue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">vraćamo se u glavni dijaloški prozor i sa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">OK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>izdajemo naredbu za pravljenje ispisa sa željenim informacijama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEFFBFE" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta se može uočiti pregledom svih dobijenih deskriptivnih mera o dvama varijablama?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29699FC4" w14:textId="77777777" w:rsidR="00EA29A3" w:rsidRDefault="00EA29A3" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C278D8" w14:textId="6C037FCE" w:rsidR="00FC581A" w:rsidRDefault="00FC581A" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA29A3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Postupak i Rešenje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D03A830" w14:textId="38195046" w:rsidR="00FC581A" w:rsidRPr="00FC581A" w:rsidRDefault="00EA29A3" w:rsidP="00FC581A">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E294C98" wp14:editId="516C41C7">
+            <wp:extent cx="5153238" cy="1306286"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="564345331" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="564345331" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5333669" cy="1352023"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C086E54" w14:textId="77777777" w:rsidR="00EA29A3" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F87A58" w14:textId="77777777" w:rsidR="00EA29A3" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19699C31" w14:textId="77777777" w:rsidR="00EA29A3" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45AA31AA" w14:textId="77777777" w:rsidR="00070656" w:rsidRDefault="00070656" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="624FE562" w14:textId="4C6A1F45" w:rsidR="00EA29A3" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D8BA23E" wp14:editId="48E9C471">
+            <wp:extent cx="3270631" cy="2070201"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="2043752006" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2043752006" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3362631" cy="2128434"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F64E138" w14:textId="1A75F94C" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7283140D" wp14:editId="7AA6E826">
+            <wp:extent cx="3248894" cy="2889504"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="6350"/>
+            <wp:docPr id="1534947980" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1534947980" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3315859" cy="2949061"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C20CE61" w14:textId="5FE8B2E0" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00EA29A3" w:rsidP="00EA29A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D231B6E" wp14:editId="1B021991">
+            <wp:extent cx="3318907" cy="2948026"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="2044008971" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2044008971" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3403781" cy="3023415"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019A1916" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4957ABD4" w14:textId="77777777" w:rsidR="00070656" w:rsidRPr="00FC581A" w:rsidRDefault="00070656" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FC11D2A" w14:textId="008AF389" w:rsidR="00AE6A79" w:rsidRDefault="00EA29A3" w:rsidP="00070656">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Možemo zaključiti da Matematička pismenost ima </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0E1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sličnu aritmetičku sredinu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i medijan</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0E1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Što se tiče Podrške nastavnika možemo primetiti </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB78EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>znatno veću relativnu razliku između proseka i medijane. Tako</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>đ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB78EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e vidimo da je </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za podršku nastavnika </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB78EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksimum znatno vise udaljen od aritmetičke sredine od minimuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1DCD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dok je kod matematičke pismenosti minimum blago udaljeniji od proseka nego maksimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB78EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0E1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poredivši 25. i 75. percentil </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obe varijable vidimo </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0E1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sa aritmetičkom sredinom možemo takođe zaključiti </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC03FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">koja „strana“ grafika je udaljenija od „sredine“. Medjutim, nemoguće je porediti rezultate jedne varijable sa rezultatima druge u njihovom trenutnom stanju. U daljim zadacima transformisaćemo ove varijable tako da postanu međusobno uporedive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C723553" w14:textId="4F2956C6" w:rsidR="00AE6A79" w:rsidRPr="00CB78EF" w:rsidRDefault="00CB78EF" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sr-Latn-RS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C6C4209" wp14:editId="52E5A64A">
+            <wp:extent cx="2406770" cy="2552635"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="717448976" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="717448976" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2436575" cy="2584246"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C8AF074" wp14:editId="03093590">
+            <wp:extent cx="3141490" cy="2552940"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:docPr id="493911745" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="493911745" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3158706" cy="2566930"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E193B19" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00DD1DCD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Nema potrebe praviti grafik u ovom zadatku,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8D5D6A" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00DD1DCD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dodati su da biste imali vizuelni prikaz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24749F86" w14:textId="0523695A" w:rsidR="00AE6A79" w:rsidRDefault="00DD1DCD" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prethodno spomenutih zaključaka.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BEECC7" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="00CD4A2F" w:rsidRDefault="00DD1DCD" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2918A083" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zadatak 2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D28A59" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">U ovom zadatku radimo četiri linearne transformacije podataka na varijabli TEACHSUP korišćenjem komande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Compute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18123A1F" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> 1. Dodati na rezultat na varijabli TEACHSUP za svakog ispitanika broj 5 i to sačuvati u varijabli pod imenom TEACHSUP_DOD5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4C7D2C" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">Postupak za ovu i naredne tačke: U </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Target Variable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>upisujemo novo ime, potom u spisku varijabli pronalazimo onu pod nazivom TEACHSUP (nalazi se na samom dnu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">selektujemo i prebacujemo je pritiskom na strelicu ili dvostrukim klikom na njeno ime u okvir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Numeric Expression </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">i dopisujemo znak </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> i broj </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">. Pošto nema dodatnih zahteva pritisnućemo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">OK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>i nova varijabla s željenim imenom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>biće pridodata, kao poslednja u nizu, postojećim varijablama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276AC685" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">♦2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">Pomnožiti rezultat na varijabli TEACHSUP za svakog ispitanika brojem 5 i to sačuvati u varijabli pod imenom TEACHSUP_PUTA5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464EA55F" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> 3. Oduzeti od rezultata na varijabli TEACHSUP za svakog ispitanika broj 5 i to sačuvati u varijabli pod imenom TEACHSUP_OD5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522B0B2C" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> 4. Podeliti rezultat na varijabli TEACHSUP za svakog ispitanika brojem 5 i to sačuvati u varijabli pod imenom TEACHSUP_POD5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585872C5" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Izračunati aritmetičke sredine, standardne devijacije i varijanse za varijable TEACHSUP, TEACHSUP_DOD5, TEACHSUP_PUTA5, TEACHSUP_OD5 i TEACHSUP_POD5; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5437DCF6" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta se na osnovu dobijenih rezultata može zaključiti: kako se menjaju aritmetička sredina, varijansa i standardna devijacija pri dodavanju konstante nizu rezultata, oduzimanju konstante od niza rezultata, a koliko pri množenju i deljenju rezultata konstantom?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23ACB189" w14:textId="0217295A" w:rsidR="00DA3894" w:rsidRPr="00DA3894" w:rsidRDefault="00DA3894" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3894">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Rešenje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD72808" w14:textId="615C1187" w:rsidR="00CB78EF" w:rsidRDefault="00CB78EF" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24194601" wp14:editId="12037E0C">
+            <wp:extent cx="5731510" cy="389255"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+            <wp:docPr id="1929662388" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1929662388" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5731510" cy="389255"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D7B7A3" w14:textId="68ACCFC3" w:rsidR="00CB78EF" w:rsidRDefault="00CB78EF" w:rsidP="00DA3894">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48AB6D17" wp14:editId="7384F1DB">
+            <wp:extent cx="4419600" cy="1790700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="30334177" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="30334177" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4419600" cy="1790700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDDDB07" w14:textId="77777777" w:rsidR="00DA3894" w:rsidRDefault="00DA3894" w:rsidP="00DA3894">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3894">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Možemo zaključiti da pri sabiranju ili oduzimanju konstante nizu rezultata aritmetička sredina skace ili opada srazmerno konstanti, dok standardna devijacija i varijansa ostaju nepromenjene. Medjutim, pri množenju ili deljenju niza rezultata konstantom, i standardna devijacija i aritmetička sredinaraste rastu ili opadaju srazmerno konstanti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6C44B8" w14:textId="4B235E1E" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00DA3894" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aritmetička sredina se menja prema formuli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*x, dok se standardna devijacija menja prema formuli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*x, gde je a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aditivna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konstanta, a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>multiplikativna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konstanta (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je koliko </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5E68" w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sabiramo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ili </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oduzimamo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F9ED5" w:themeColor="accent4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je sa kojim brojem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">množimo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ili </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>delimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. U našem slučaju, x predstavlja TEACHSUP.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7012C400" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zadatak 3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B214E0" w14:textId="3602462A" w:rsidR="00452915" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Transformišite izvorne rezultate na varijablama Podrška nastavnika matematike učeniku (var. TEACHSUP) i varijable Matematička pismenost (var. MATH) tako da na obema varijablama aritmetička sredina transformisanih rezultata bude 50 a standardna devijacija 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE232D0" w14:textId="26DE7AFE" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">I u ovom primeru koristimo komandu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Compute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>. Pošto smo, prethodno, izračunali M i SD za varijable TEACHSUP i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>MATH, onda već sada možemo preći na tranformisanje. Prvo unesemo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Target variable: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>T_TEACHSUP, odnosno T_ MATH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>pa u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">polje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Numeric Expression </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">unosimo izraz prema obrascu za pretvaranje izvornih rezultata na varijabli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> u takozvane </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T-vrednosti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C44FFF" w14:textId="77777777" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T = (50 - 10/S * M) + 10/S * x </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FA9330" w14:textId="77777777" w:rsidR="0072105B" w:rsidRDefault="0072105B" w:rsidP="00AE6A79"/>
+    <w:p w14:paraId="1B3DBBFC" w14:textId="27BB355A" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">Vrednosti M i SD ne zaokružujte, već iskoristite sve decimale dobijene u ispisu prvog zadatka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A617DED" w14:textId="31CDFE35" w:rsidR="00AE6A79" w:rsidRPr="00FC581A" w:rsidRDefault="00611E95" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">Napomena 1: MATH I TEACHSUP su varijable koje su već standardizovane na određeni način za ceo svet u bazi PISA istraživanja, ali ovim procedurama ih standardizujemo istom skalom (T skor sa prosekom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> i standardnom devijacijom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:t>) za uzorak učenika države Srbije povodom našeg časa vežbi.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:br/>
+        <w:t>*Napomena 2: kako biste lako našli identifikacioni broj 68802637, otvorite Data View, pronađite kolonu varijable CNTSTUID (a koja je četvrta po redu u celoj bazi), a zatim označite celu kolonu klikom na zaglavlje kolone. Kada kolona postane žuta, istovremeno stisnite ctrl+F na tasturi. Pojaviće se prozor u koji možete da unesete identifikacioni broj kako bi ga SPSS pretražio u željenoj koloni.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E30F1" w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Isto važi i za zadatke 4 i 5. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7928BC98" w14:textId="77BF5D15" w:rsidR="00AE6A79" w:rsidRDefault="00AE6A79" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Korišćenjem T-vrednosti ustanovite da li učenik sa identifikacionim brojem 68802637 (na varijabli CNTSTUID)* u odnosu na ostale učenike u uzorku za Srbiju ima izraženiji rezultat na Matematičkoj pismenosti ili Podršci nastavnika matematike. Obrazložite.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5249A5A5" w14:textId="77777777" w:rsidR="0072105B" w:rsidRPr="00DA3894" w:rsidRDefault="0072105B" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BBB9C5" w14:textId="1482B7D6" w:rsidR="00DA3894" w:rsidRDefault="00DA3894" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3894">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Postupak i rešenje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC923F6" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50DEF656" w14:textId="33E23191" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00DD1DCD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trebaće nam standardna devijacija i aritmetička sredina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09895185" w14:textId="402130CC" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prema tome, u descriptives selektujemo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10CB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mean i Std. Deviation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733042CA" w14:textId="581735BA" w:rsidR="0072105B" w:rsidRPr="00CD4A2F" w:rsidRDefault="0072105B" w:rsidP="00AE6A79">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B33ECC1" w14:textId="5459E9BC" w:rsidR="0072105B" w:rsidRDefault="0072105B" w:rsidP="00DA3894">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F5A6D07" wp14:editId="3E15D6F9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4190365</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>5085080</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1889125" cy="3307715"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="306631531" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="306631531" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1889125" cy="3307715"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00DA3894">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E62A6D6" wp14:editId="46EC2360">
+            <wp:extent cx="3278038" cy="1070716"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1638312002" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1638312002" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3362643" cy="1098351"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00DA3894">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12BCB245" wp14:editId="17822324">
+            <wp:extent cx="3618284" cy="2242868"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="5080"/>
+            <wp:docPr id="518378280" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="518378280" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3673511" cy="2277102"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00DA3894" w:rsidRPr="00DA3894">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+    </w:p>
+    <w:p w14:paraId="3784F511" w14:textId="77777777" w:rsidR="0072105B" w:rsidRPr="00DA3894" w:rsidRDefault="0072105B" w:rsidP="00DA3894">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0569A04D" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="183CB35E" w14:textId="03ADC18E" w:rsidR="00C10CB7" w:rsidRDefault="00DA3894" w:rsidP="0072105B">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12E8C38C" wp14:editId="578B0B3C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-2684</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3771900" cy="1533525"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="304920522" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="304920522" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3771900" cy="1533525"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="004A68C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kada uvrstimo ove dve vrednosti u formulu za T</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5E68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidR="004A68C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vrednost, dobićemo vrednosti za matematičku pismenost i podršku nastavnika koje možemo međusobno porediti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507E9769" w14:textId="77777777" w:rsidR="00C10CB7" w:rsidRPr="00DA3894" w:rsidRDefault="00C10CB7" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F188F82" w14:textId="53271873" w:rsidR="004A68C5" w:rsidRPr="004A68C5" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prema formuli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A68C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T = (50 - 10/S * M) + 10/S * x </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D09ED6E" w14:textId="4629DAB9" w:rsidR="00667109" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EB8BCE1" wp14:editId="430A3D9E">
+            <wp:extent cx="5555411" cy="500096"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1274164809" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1274164809" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5738844" cy="516609"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092F983A" w14:textId="222D2305" w:rsidR="004A68C5" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38A54AE3" wp14:editId="3836B8A9">
+            <wp:extent cx="5572125" cy="466725"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="1380878247" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1380878247" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5572125" cy="466725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65342DE6" w14:textId="77777777" w:rsidR="00C10CB7" w:rsidRPr="004A68C5" w:rsidRDefault="00C10CB7" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5132F74B" w14:textId="0B6FDF42" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="004A68C5" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DD4A132" wp14:editId="29DC3981">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>863</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2162175" cy="1552575"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1969189686" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1969189686" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2162175" cy="1552575"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DB592E" w14:textId="35C0F0A9" w:rsidR="00667109" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ovako izgleda ispravno izračunata T-vrednost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040A2BEF" w14:textId="77777777" w:rsidR="004A68C5" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>T-vrednosti imaju aritmetičku sredinu 50</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E9FCFE" w14:textId="1544173D" w:rsidR="004A68C5" w:rsidRPr="00FC581A" w:rsidRDefault="004A68C5" w:rsidP="004A68C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i standardnu devijaciju 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C309CBD" w14:textId="41622074" w:rsidR="00667109" w:rsidRDefault="00667109" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9C1BA5" w14:textId="77777777" w:rsidR="00C10CB7" w:rsidRPr="00FC581A" w:rsidRDefault="00C10CB7" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06EAACC7" w14:textId="205EA9E9" w:rsidR="008D511E" w:rsidRDefault="00DD1DCD" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D511E">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FF73BF6" wp14:editId="764E8F38">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>161290</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3859530" cy="2342515"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21430"/>
+                <wp:lineTo x="21536" y="21430"/>
+                <wp:lineTo x="21536" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1643490244" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1643490244" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3859530" cy="2342515"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C16AF7" w14:textId="00D9D659" w:rsidR="008D511E" w:rsidRPr="008D511E" w:rsidRDefault="008D511E" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D511E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3FFDCA" w14:textId="77777777" w:rsidR="008D511E" w:rsidRDefault="008D511E" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314A1EF7" w14:textId="3F737027" w:rsidR="008D511E" w:rsidRDefault="008D511E" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538E84EF" w14:textId="30F7E648" w:rsidR="004A68C5" w:rsidRPr="00FC581A" w:rsidRDefault="008D511E" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Kopiramo broj učenika koji zadatak traži i preko CTRL + F tražimo ga u koloni CNTSTUID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5ADA99" w14:textId="54C0368F" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="718E6EA9" w14:textId="77777777" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E940C04" w14:textId="77777777" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E0970F" w14:textId="72D1175F" w:rsidR="00667109" w:rsidRDefault="008D511E" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A7A83A2" wp14:editId="2918BBE3">
+            <wp:extent cx="3314700" cy="523875"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="946218084" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="946218084" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3314700" cy="523875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C6758C" w14:textId="77777777" w:rsidR="008A5E68" w:rsidRDefault="008A5E68" w:rsidP="008D511E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B01CD2" w14:textId="4B780F65" w:rsidR="008D511E" w:rsidRPr="00FC581A" w:rsidRDefault="008D511E" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Možemo zaključiti da učenik postiže rezultate koji su znatno ispod proseka, uprkos natprosečnoj podršci nastavnika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FFD98E5" w14:textId="77777777" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Zadatak 4:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDF741D" w14:textId="0565F6E3" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Prevedite izvorne rezultate na varijablama MATH i TEACHSUP, korišćenjem procedure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Analyze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Descriptive Statistics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Descriptives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> tako što ćete štiklirati kućicu pored </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Save standardized values as variables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>. Dakle, to je alternativni način prevođenja rezultata na varijablama u standardizovane vrednosti u odnosu na komandu Transform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>Compute (korišćenu u prethodnim zadacima).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D765E17" w14:textId="6EC3071E" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t>Napomena: MATH I TEACHSUP su varijable koje su već standardizovane</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6A79" w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> na određeni način</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> za ceo svet u bazi PISA istraživanja, ali ovim procedurama ih standardizujemo istom skalom (z skor sa prosekom 0 i standardnom devijacijom 1) za uzorak učenika države Srbije povodom našeg časa vežbi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71048539" w14:textId="700FC557" w:rsidR="00667109" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Korišćenjem standardnih, tj. z vrednosti ustanovite da li učenik sa identifikacionim brojem 68802637 (na varijabli CNTSTUID) u odnosu na ostale učenike u uzorku za Srbiju ima izraženiji rezultat na Matematičkoj pismenosti ili Podršci nastavnika matematike. Obrazložite.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96B52" w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidR="0037505B" w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Takođe, u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96B52" w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>poredite vrednosti sa prethodnim zadatkom</w:t>
+      </w:r>
+      <w:r w:rsidR="0037505B" w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, šta primećujete?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96B52" w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+    </w:p>
+    <w:p w14:paraId="6BD30E1D" w14:textId="350DEECD" w:rsidR="008D511E" w:rsidRPr="008D511E" w:rsidRDefault="008D511E" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D511E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Postupak i rešenje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FC4C89" w14:textId="2888A1D9" w:rsidR="00C10CB7" w:rsidRDefault="008D511E" w:rsidP="00667109">
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438BF976" wp14:editId="5B6E67AB">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4169380</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>7000</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1796801" cy="3873260"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="61086144" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="61086144" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1796801" cy="3873260"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C10CB7">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B4D3C52" wp14:editId="5B6AE296">
+            <wp:extent cx="3776027" cy="1233376"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="1384847274" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1638312002" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3939804" cy="1286871"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BACFAFA" w14:textId="2ED43797" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="00C10CB7" w:rsidP="00667109">
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3230F3B5" wp14:editId="246C0C4B">
+            <wp:extent cx="3829713" cy="2402958"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="934386294" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="387049917" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3853866" cy="2418113"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B8F83A" w14:textId="5400694B" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="005B59EF" w:rsidP="00667109"/>
+    <w:p w14:paraId="43837747" w14:textId="77777777" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="005B59EF" w:rsidP="00667109"/>
+    <w:p w14:paraId="4A7FA2D1" w14:textId="77D521A3" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="008A5E68" w:rsidP="008A5E68">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46786D7D" wp14:editId="150D373E">
+            <wp:extent cx="3695700" cy="495300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1219261269" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1219261269" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3695700" cy="495300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E588F10" w14:textId="77777777" w:rsidR="005B59EF" w:rsidRDefault="005B59EF" w:rsidP="00667109"/>
+    <w:p w14:paraId="7BA30B46" w14:textId="29375DD3" w:rsidR="00907667" w:rsidRPr="00FC581A" w:rsidRDefault="008A5E68" w:rsidP="00667109">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uzimajući u obzir da je aritmetička sredina z vrednosti 0, možemo da zaključimo da učenik postiže rezultate koji su znatno ispod proseka, uprkos natprosečnoj podršci nastavnika. Možemo primetiti da je razlika od proseka unutar Z vrednosti približno srazmerna razlici od proseka unutar T vrednosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7398D2DD" w14:textId="77777777" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="005B59EF" w:rsidP="00667109"/>
+    <w:p w14:paraId="16B77C9B" w14:textId="38D4BB59" w:rsidR="005B59EF" w:rsidRPr="00FC581A" w:rsidRDefault="005B59EF" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Zadatak 5:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CF104E" w14:textId="77777777" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> Prevedite izvorne rezultate na varijablama MATH i TEACHSUP u percentilne rangove. Percentilne rangove računamo za svaku varijablu iz običnih rangova (dobijenih komandom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rank cases </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">iz prethodnog zadatka) njihovim deljenjem sa ukupnim brojem slučajeva i množenjem sa 100 (da bismo dobili procente) u komandi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Compute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve">. Broj slučajeva za svaku varijablu proveriti u </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Descriptives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC581A">
+        <w:t xml:space="preserve"> ispisima. Može biti da nije isti broj jer neki učenici ne popune sve upitnike. Varijablama sa percentilnim rangovima dajte imena PRMATH i PRTEACHSUP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB163D8" w14:textId="4289EAB8" w:rsidR="00667109" w:rsidRPr="00FC581A" w:rsidRDefault="00667109" w:rsidP="00667109">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC581A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Korišćenjem percentilnih rangova ustanovite da li učenik sa identifikacionim brojem 68802637 (na varijabli CNTSTUID koja je četvrta po redu varijabla u bazi) u odnosu na ostale učenike u uzorku ima izraženiji rezultat na Matematičkoj pismenosti ili Podršci nastavnika matematike. Obrazložite.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC28596" w14:textId="1B7014EA" w:rsidR="00667109" w:rsidRDefault="00827B7F" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Postupak i rešenje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5708507D" w14:textId="77777777" w:rsidR="00827B7F" w:rsidRDefault="00827B7F" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53905A1C" wp14:editId="545C0D50">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>1639019</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2435896</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2209800" cy="952500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="176059543" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="176059543" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2209800" cy="952500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FDC0614" wp14:editId="3C481F2E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1638935</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>80645</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4170045" cy="2158365"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="26178428" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="26178428" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4170045" cy="2158365"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="591BDD70" wp14:editId="54A92A25">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>3175</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1476375" cy="3571875"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="315445473" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="315445473" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1476375" cy="3571875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511B9934" w14:textId="77777777" w:rsidR="00827B7F" w:rsidRDefault="00827B7F" w:rsidP="00986A09">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E110903" w14:textId="4089E183" w:rsidR="00827B7F" w:rsidRDefault="00827B7F" w:rsidP="00827B7F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:sym w:font="Wingdings" w:char="F0DF"/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Primer rangiranij varijabli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA6DE32" w14:textId="77777777" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="00827B7F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5BD9A0" w14:textId="77777777" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="00827B7F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52810418" w14:textId="77777777" w:rsidR="00C10CB7" w:rsidRDefault="00C10CB7" w:rsidP="00827B7F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CE9A6CF" w14:textId="29354C91" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="00CD4A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AA786A3" wp14:editId="088E634C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3502325</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>8303</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2552700" cy="1514475"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapNone/>
+            <wp:docPr id="893037066" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="893037066" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2552700" cy="1514475"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B757AA8" w14:textId="53BE60CC" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341DDC24" w14:textId="3F923E76" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="006D56B1">
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68731DB1" wp14:editId="2346ED90">
+            <wp:extent cx="3228975" cy="466725"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="1026645917" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1026645917" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3228975" cy="466725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E7C5A21" wp14:editId="239A5B23">
+            <wp:extent cx="3476625" cy="438150"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1784513037" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1784513037" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId31"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3476625" cy="438150"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="006D56B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...101 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="7FEDB183" w14:textId="77777777" w:rsidR="006D56B1" w:rsidRPr="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="006D56B1"/>
+    <w:p w14:paraId="0C930D8F" w14:textId="007BE79E" w:rsidR="0027201F" w:rsidRDefault="006D56B1" w:rsidP="006D56B1">
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D56B1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Napomena</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F25404">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00F25404">
+      <w:r w:rsidRPr="006D56B1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> brojevi kojim delimo se razlikuju jer se broj slučaja razlikuje između matematičke pismenosti i podrške nastavnika</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...268 lines deleted...]
-      <w:r w:rsidR="003F73A9" w:rsidRPr="00F25404">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>U formuli piše RTEACHSU (bez P na kraju) zato što je SPSS automatski tako nazvao moju varijablu. Ako so kod vas ime varijable razlikuje, napišite ime vaše varijable da bi formula ispravno radila.</w:t>
+      </w:r>
+      <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00582621" w:rsidRPr="00F25404">
-[...4640 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    </w:p>
+    <w:p w14:paraId="39DEBEBE" w14:textId="52EE8546" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="0027201F">
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A3EB1FD" wp14:editId="2E4AFD07">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-2804</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4267200" cy="2390775"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2012095654" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2012095654" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId32">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4267200" cy="2390775"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1632CCD9" w14:textId="77777777" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="0027201F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09C488BD" w14:textId="3256E16C" w:rsidR="006D56B1" w:rsidRDefault="0027201F" w:rsidP="0027201F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Primer ispravno izračunatih percentilnih      rangova</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526B56D8" w14:textId="41DD1157" w:rsidR="0027201F" w:rsidRPr="0027201F" w:rsidRDefault="0027201F" w:rsidP="0027201F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0027201F">
+        <w:sym w:font="Wingdings" w:char="F0DF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B811DE1" w14:textId="77777777" w:rsidR="006D56B1" w:rsidRDefault="006D56B1" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A86B25" w14:textId="77777777" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A9A5D57" w14:textId="77777777" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702E9E00" w14:textId="77777777" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B366B6F" w14:textId="77777777" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="584D1FBF" w14:textId="5242CD76" w:rsidR="0027201F" w:rsidRDefault="0027201F" w:rsidP="006D56B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67D10D65" wp14:editId="59FBBA40">
+            <wp:extent cx="3343275" cy="533400"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="478659494" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="478659494" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId33"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3343275" cy="533400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A98C41" w14:textId="5B0F221E" w:rsidR="0027201F" w:rsidRPr="0027201F" w:rsidRDefault="0027201F" w:rsidP="0027201F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ponovo možemo da zaključimo da učenik ima loše rezultate na matematičkoj pismenosti. Medjutim, sada znamo da ga njegovi rezultati stavljaju u 1% ljudi koji su najgore odradili test matematičke pismenosti. Drugim rečima, 99,38% ispitanika postiglo je bolji rezultat od ovog učenika. Takođe vidimo da je učenik imao veću podršku nastavnika od 88,92% učenika.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0027201F" w:rsidRPr="0027201F">
+      <w:headerReference w:type="default" r:id="rId34"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="707F21CB" w14:textId="77777777" w:rsidR="00A9151A" w:rsidRDefault="00A9151A" w:rsidP="00A9151A">
+    <w:p w14:paraId="02FFCAB6" w14:textId="77777777" w:rsidR="00AF7C51" w:rsidRPr="00FC581A" w:rsidRDefault="00AF7C51" w:rsidP="00A9151A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32E75316" w14:textId="77777777" w:rsidR="00A9151A" w:rsidRDefault="00A9151A" w:rsidP="00A9151A">
+    <w:p w14:paraId="4E4C4246" w14:textId="77777777" w:rsidR="00AF7C51" w:rsidRPr="00FC581A" w:rsidRDefault="00AF7C51" w:rsidP="00A9151A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic">
+    <w:altName w:val="游ゴシック"/>
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A945B9F" w14:textId="77777777" w:rsidR="00A9151A" w:rsidRDefault="00A9151A" w:rsidP="00A9151A">
+    <w:p w14:paraId="0D8BBEDF" w14:textId="77777777" w:rsidR="00AF7C51" w:rsidRPr="00FC581A" w:rsidRDefault="00AF7C51" w:rsidP="00A9151A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E9B3D2C" w14:textId="77777777" w:rsidR="00A9151A" w:rsidRDefault="00A9151A" w:rsidP="00A9151A">
+    <w:p w14:paraId="6604820B" w14:textId="77777777" w:rsidR="00AF7C51" w:rsidRPr="00FC581A" w:rsidRDefault="00AF7C51" w:rsidP="00A9151A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC581A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="168BAB49" w14:textId="46C5725A" w:rsidR="00A9151A" w:rsidRDefault="00A9151A">
+  <w:p w14:paraId="168BAB49" w14:textId="645EC79C" w:rsidR="00A9151A" w:rsidRPr="00FC581A" w:rsidRDefault="00A9151A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>Jesenji</w:t>
+    <w:r w:rsidRPr="00FC581A">
+      <w:t>Jesenji semestar 202</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="00D518D1" w:rsidRPr="00FC581A">
+      <w:t>5</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-    <w:r w:rsidRPr="00AC3117">
+    <w:r w:rsidRPr="00FC581A">
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00AC3117">
+    <w:r w:rsidRPr="00FC581A">
       <w:tab/>
-    </w:r>
-[...14 lines deleted...]
-      <w:t xml:space="preserve"> IBM SPSS 25</w:t>
+      <w:t>Komande prilagođene IBM SPSS 25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D71EF4"/>
+    <w:rsid w:val="0001288A"/>
+    <w:rsid w:val="00015960"/>
     <w:rsid w:val="0004596B"/>
     <w:rsid w:val="000536C7"/>
     <w:rsid w:val="00054E86"/>
     <w:rsid w:val="00061D35"/>
+    <w:rsid w:val="0006622C"/>
+    <w:rsid w:val="00070656"/>
+    <w:rsid w:val="00072860"/>
+    <w:rsid w:val="000C02F0"/>
     <w:rsid w:val="000D677E"/>
     <w:rsid w:val="000F2036"/>
     <w:rsid w:val="00104E28"/>
-    <w:rsid w:val="00113A7A"/>
     <w:rsid w:val="0012439D"/>
     <w:rsid w:val="00126A67"/>
     <w:rsid w:val="0013551C"/>
     <w:rsid w:val="001425BE"/>
     <w:rsid w:val="00147C30"/>
     <w:rsid w:val="001513AF"/>
     <w:rsid w:val="001721F0"/>
     <w:rsid w:val="00184161"/>
+    <w:rsid w:val="00192F03"/>
     <w:rsid w:val="001C48BE"/>
+    <w:rsid w:val="001D4692"/>
     <w:rsid w:val="00236150"/>
     <w:rsid w:val="00263284"/>
+    <w:rsid w:val="0027201F"/>
     <w:rsid w:val="00272DEB"/>
+    <w:rsid w:val="00274CA6"/>
     <w:rsid w:val="002763EF"/>
     <w:rsid w:val="00286835"/>
     <w:rsid w:val="002936D8"/>
     <w:rsid w:val="002A35A6"/>
     <w:rsid w:val="002D363F"/>
+    <w:rsid w:val="002E3D50"/>
+    <w:rsid w:val="002F77BD"/>
     <w:rsid w:val="003156E9"/>
     <w:rsid w:val="003555E1"/>
+    <w:rsid w:val="0037505B"/>
     <w:rsid w:val="00384237"/>
     <w:rsid w:val="003878B6"/>
+    <w:rsid w:val="003C0E1E"/>
     <w:rsid w:val="003E7519"/>
     <w:rsid w:val="003F73A9"/>
     <w:rsid w:val="003F741A"/>
     <w:rsid w:val="00423F71"/>
     <w:rsid w:val="0044053C"/>
     <w:rsid w:val="004425F1"/>
     <w:rsid w:val="004477EA"/>
+    <w:rsid w:val="004514FD"/>
     <w:rsid w:val="004525CD"/>
-    <w:rsid w:val="00453ACF"/>
+    <w:rsid w:val="00452915"/>
     <w:rsid w:val="00460011"/>
     <w:rsid w:val="0047077D"/>
+    <w:rsid w:val="00486562"/>
     <w:rsid w:val="0049258A"/>
     <w:rsid w:val="004A3937"/>
+    <w:rsid w:val="004A68C5"/>
     <w:rsid w:val="004D1453"/>
     <w:rsid w:val="004E4C24"/>
     <w:rsid w:val="004F41BA"/>
     <w:rsid w:val="004F5F97"/>
     <w:rsid w:val="00504374"/>
     <w:rsid w:val="0051338E"/>
     <w:rsid w:val="005224EE"/>
     <w:rsid w:val="005237BA"/>
     <w:rsid w:val="00537E94"/>
     <w:rsid w:val="00542014"/>
     <w:rsid w:val="00582621"/>
     <w:rsid w:val="005A2E9E"/>
     <w:rsid w:val="005B59EF"/>
+    <w:rsid w:val="005D26D9"/>
     <w:rsid w:val="005D5811"/>
     <w:rsid w:val="005E363E"/>
     <w:rsid w:val="00611039"/>
+    <w:rsid w:val="00611E95"/>
     <w:rsid w:val="00667109"/>
     <w:rsid w:val="0067546C"/>
     <w:rsid w:val="00696E3C"/>
     <w:rsid w:val="006C40A5"/>
     <w:rsid w:val="006D2BEC"/>
+    <w:rsid w:val="006D56B1"/>
+    <w:rsid w:val="006E30F1"/>
     <w:rsid w:val="00707DBA"/>
+    <w:rsid w:val="0072105B"/>
     <w:rsid w:val="00723864"/>
     <w:rsid w:val="00731BED"/>
     <w:rsid w:val="00760240"/>
     <w:rsid w:val="0077474E"/>
     <w:rsid w:val="00787B26"/>
     <w:rsid w:val="007A2F46"/>
     <w:rsid w:val="007B5FDD"/>
     <w:rsid w:val="007B69BF"/>
     <w:rsid w:val="007C577A"/>
     <w:rsid w:val="007C612D"/>
     <w:rsid w:val="007D34E8"/>
+    <w:rsid w:val="00827B7F"/>
     <w:rsid w:val="008556B5"/>
     <w:rsid w:val="008561E3"/>
     <w:rsid w:val="00876850"/>
     <w:rsid w:val="0088353A"/>
+    <w:rsid w:val="008A5E68"/>
     <w:rsid w:val="008C2D90"/>
+    <w:rsid w:val="008D511E"/>
     <w:rsid w:val="008E3D42"/>
+    <w:rsid w:val="00903059"/>
     <w:rsid w:val="00907667"/>
     <w:rsid w:val="00926F76"/>
+    <w:rsid w:val="00962502"/>
     <w:rsid w:val="00986A09"/>
     <w:rsid w:val="0099787A"/>
     <w:rsid w:val="009B5953"/>
     <w:rsid w:val="009C055E"/>
     <w:rsid w:val="009C7F62"/>
     <w:rsid w:val="00A14BA8"/>
     <w:rsid w:val="00A20CE5"/>
     <w:rsid w:val="00A26844"/>
-    <w:rsid w:val="00A30A94"/>
     <w:rsid w:val="00A74346"/>
     <w:rsid w:val="00A816B0"/>
     <w:rsid w:val="00A9151A"/>
     <w:rsid w:val="00AB3F00"/>
     <w:rsid w:val="00AB668B"/>
+    <w:rsid w:val="00AC03FD"/>
     <w:rsid w:val="00AD5F0A"/>
+    <w:rsid w:val="00AE6A79"/>
     <w:rsid w:val="00AF6F08"/>
+    <w:rsid w:val="00AF7C51"/>
     <w:rsid w:val="00B14BDE"/>
     <w:rsid w:val="00B71AFD"/>
     <w:rsid w:val="00B75FE2"/>
     <w:rsid w:val="00B90FC4"/>
+    <w:rsid w:val="00B92585"/>
+    <w:rsid w:val="00BD12CE"/>
+    <w:rsid w:val="00BD36CA"/>
     <w:rsid w:val="00BD3AAC"/>
     <w:rsid w:val="00BD3B7A"/>
     <w:rsid w:val="00BF7766"/>
+    <w:rsid w:val="00BF7D75"/>
+    <w:rsid w:val="00C10CB7"/>
     <w:rsid w:val="00C31FBC"/>
     <w:rsid w:val="00C3399F"/>
     <w:rsid w:val="00C576EF"/>
     <w:rsid w:val="00C76CC6"/>
     <w:rsid w:val="00C94B69"/>
+    <w:rsid w:val="00CB78EF"/>
     <w:rsid w:val="00CD0665"/>
+    <w:rsid w:val="00CD4A2F"/>
+    <w:rsid w:val="00D02797"/>
     <w:rsid w:val="00D04BD9"/>
     <w:rsid w:val="00D06B0F"/>
     <w:rsid w:val="00D10EDF"/>
     <w:rsid w:val="00D4218B"/>
+    <w:rsid w:val="00D518D1"/>
     <w:rsid w:val="00D640A0"/>
     <w:rsid w:val="00D706F8"/>
     <w:rsid w:val="00D71EF4"/>
     <w:rsid w:val="00D75711"/>
     <w:rsid w:val="00D808C4"/>
+    <w:rsid w:val="00D83D6E"/>
+    <w:rsid w:val="00D96B52"/>
+    <w:rsid w:val="00DA3894"/>
+    <w:rsid w:val="00DA7BD2"/>
+    <w:rsid w:val="00DD1DCD"/>
     <w:rsid w:val="00E14626"/>
     <w:rsid w:val="00E27655"/>
     <w:rsid w:val="00E35BF1"/>
     <w:rsid w:val="00E424E5"/>
     <w:rsid w:val="00E72325"/>
+    <w:rsid w:val="00EA29A3"/>
     <w:rsid w:val="00EA3981"/>
+    <w:rsid w:val="00EB58FF"/>
     <w:rsid w:val="00EE2A26"/>
     <w:rsid w:val="00EF2FAC"/>
     <w:rsid w:val="00EF4251"/>
     <w:rsid w:val="00F15A9D"/>
     <w:rsid w:val="00F20238"/>
     <w:rsid w:val="00F25404"/>
     <w:rsid w:val="00F31DDC"/>
     <w:rsid w:val="00F7526F"/>
     <w:rsid w:val="00F76F7F"/>
     <w:rsid w:val="00F806BF"/>
+    <w:rsid w:val="00F9689D"/>
     <w:rsid w:val="00FA7C52"/>
+    <w:rsid w:val="00FC581A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4C4DB72D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6B96D755-717D-4F05-B3E1-2B7A0D9AF065}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6115,51 +4276,55 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF7766"/>
+    <w:rsid w:val="008A5E68"/>
+    <w:rPr>
+      <w:noProof/>
+      <w:lang w:val="sr-Latn-CS"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D71EF4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -6773,77 +4938,91 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D640A0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D02797"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:lang w:val="sr-Latn-CS"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1194268782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -7101,55 +5280,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3907</Characters>
+  <Pages>1</Pages>
+  <Words>1532</Words>
+  <Characters>8735</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Detaljno uputstvo za rešavanje zadataka iz lekcije Transformacija Kvantitativnih Podataka</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4560</CharactersWithSpaces>
+  <CharactersWithSpaces>10247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Detaljno uputstvo za rešavanje zadataka iz lekcije Transformacija Kvantitativnih Podataka</dc:title>
   <dc:subject/>
-  <dc:creator>Nevena Mijatović</dc:creator>
-[...1 lines deleted...]
-  <dc:description/>
+  <dc:creator>Nevena Mijatović;Aleksa Trebec</dc:creator>
+  <cp:keywords>Rešenja odradio i estetski krajnje lepo prikazao Aleksa Trebec AN24/25</cp:keywords>
+  <dc:description>Ignorišite Total Editing Time od dva sata, za sve svrhe i potrebe izrada ovog fajla u celini trajala je 5 sati (definitivno ne govorim ovo da bi vredeo više ESPB prema formuli koju smo smislili koja poredi utrošeno vreme sa zaradom bodova, ne bih ja nikad) (da ipak bih)</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>