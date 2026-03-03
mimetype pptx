--- v0 (2026-01-01)
+++ v1 (2026-03-03)
@@ -1,107 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId21"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId19"/>
+    <p:handoutMasterId r:id="rId22"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="278" r:id="rId3"/>
     <p:sldId id="280" r:id="rId4"/>
     <p:sldId id="281" r:id="rId5"/>
     <p:sldId id="282" r:id="rId6"/>
     <p:sldId id="283" r:id="rId7"/>
     <p:sldId id="275" r:id="rId8"/>
     <p:sldId id="261" r:id="rId9"/>
     <p:sldId id="269" r:id="rId10"/>
     <p:sldId id="270" r:id="rId11"/>
     <p:sldId id="272" r:id="rId12"/>
     <p:sldId id="273" r:id="rId13"/>
     <p:sldId id="262" r:id="rId14"/>
-    <p:sldId id="277" r:id="rId15"/>
-[...1 lines deleted...]
-    <p:sldId id="284" r:id="rId17"/>
+    <p:sldId id="287" r:id="rId15"/>
+    <p:sldId id="277" r:id="rId16"/>
+    <p:sldId id="285" r:id="rId17"/>
+    <p:sldId id="286" r:id="rId18"/>
+    <p:sldId id="276" r:id="rId19"/>
+    <p:sldId id="284" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -236,100 +242,100 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="88" d="100"/>
-          <a:sy n="88" d="100"/>
+          <a:sx n="94" d="100"/>
+          <a:sy n="94" d="100"/>
         </p:scale>
-        <p:origin x="336" y="96"/>
+        <p:origin x="1488" y="312"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="59" d="100"/>
           <a:sy n="59" d="100"/>
         </p:scale>
         <p:origin x="-2508" y="-78"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -374,51 +380,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6F385F1A-C93E-46A4-B7B3-DADED46EC529}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -543,51 +549,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A24F9D3B-B208-45AA-ADD7-5F45A6E4374E}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -609,82 +615,81 @@
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
@@ -980,54 +985,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="2130425"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -1099,76 +1103,75 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1214,128 +1217,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1386,133 +1387,131 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6629400" y="274638"/>
             <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1558,128 +1557,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1734,54 +1731,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -1854,75 +1850,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1968,54 +1964,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -2025,82 +2020,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -2110,104 +2104,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2257,54 +2250,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1535113"/>
             <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2323,51 +2315,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2174875"/>
             <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2379,82 +2371,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="1535113"/>
             <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2473,51 +2464,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="2174875"/>
             <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2529,104 +2520,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2672,76 +2662,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2789,51 +2778,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2888,54 +2877,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="273050"/>
             <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="273050"/>
             <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -2945,82 +2933,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1435100"/>
             <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -3039,75 +3026,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3162,54 +3149,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4800600"/>
             <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="612775"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -3289,75 +3275,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3422,156 +3408,154 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FB55A597-EC28-4007-9B76-A8ACD3AB7D2B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/13/2022</a:t>
+              <a:t>1/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3906,54 +3890,66 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
@@ -4054,1017 +4050,1311 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1187624" y="5225434"/>
             <a:ext cx="6624736" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> STAR</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="4000" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>IJE </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ŽIVOTNO DOBA</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" i="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>eorija aktiviteta </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
               <a:t>(Meddox, 1970)</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1844824"/>
             <a:ext cx="7787208" cy="4281339"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Starosti i starenju su najbolje prilagođene one osobe koje zadržavaju određen stepen socijalnog aktiviteta.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>F</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>izička i mentalna aktivnost starih lica doprinosi očuvanju njihovih fizioloških, psiholoških i intelektualnih funkcija.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="404664"/>
             <a:ext cx="8329642" cy="846158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>eorija isključivanja </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
-              <a:t>&amp;</a:t>
-[...3 lines deleted...]
-              <a:t> Henry  1961)</a:t>
+              <a:t>(Cumming &amp; Henry  1961)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="611560" y="1988840"/>
             <a:ext cx="8280920" cy="4536504"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>O</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>soba se sve više povlači iz društva i odustaje od ranijih socijalnih uloga.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>roces isključivanja može započeti pojedinac, društvo ili obe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>strane</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t> istovremeno.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Smanjenje aktivnosti je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>pozitivno!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Etičko pitanje- teorija kao opravdanje za neuspeh društva da nađe smisaonu ulogu za stare</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Proizvod industrijskog društva</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>- moć posedovanja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>imovine</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i znanja</a:t>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t> i znanja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="260648"/>
             <a:ext cx="8229600" cy="936104"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" b="1" dirty="0"/>
               <a:t>Sindrom socijalne rekonstrukcije </a:t>
             </a:r>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3600" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>Kuypers and Benston, 1973)</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
+              <a:t>(Kuypers and Benston, 1973)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1772816"/>
             <a:ext cx="8229600" cy="4680520"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3000" dirty="0"/>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0"/>
               <a:t>indrom društvenog sloma (Zusman, 1966) – posledica etiketiranja.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3000" dirty="0"/>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3000" dirty="0"/>
               <a:t>indrom društvene rekonstrukcije (Kuypers and Benston) – tri preporuke:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>odbacivanje nerealnih standarda i očekivanja,</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>etika produktivnosti (doing) nasuprot etici deljenja, osećanja, znanja, preživljavanja</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0" err="1"/>
+              <a:t>mudrost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>obezbeđivanje odgovarajućih socijalnih usluga</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>kreativnost i uticaj na kontrolu svog života </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0" err="1"/>
+              <a:t>nije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0" err="1"/>
               <a:t>isklju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0" err="1"/>
               <a:t>ivo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>starih.</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+              <a:t>odgovornost starih.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="850106"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>R</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>azvojni zadaci u starosti</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="539552" y="1196752"/>
-            <a:ext cx="8064896" cy="5760640"/>
+            <a:ext cx="8424936" cy="5760640"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3800" b="1" dirty="0"/>
               <a:t>Integritet vs Očajanje (integrity vs. despair)- Erikson, 1963.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Prihvatanje sopstvenog života i smrti</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Integritet- integrisati loša iskustva bez poricanja -  neuspesi, konflikti, razočarenja su deo slike o sebi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>ostaje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>prete</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>žno pozitivna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Očaj-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>želja da je sve bilo dugačije, nemirenje sa krajem života</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>stavovima sredine o nekompetentnosti, zavisnosti, konzervativnosti starih, kao i gubitkom prijatelja</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:t>Potencirano stavovima sredine o nekompetentnosti, zavisnosti, konzervativnosti starih, kao i gubitkom prijatelja</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
-              <a:t>Peck, </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>ri oblika psihološkog prilagođavanja-  Peck, 1968.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0"/>
               <a:t>self-differencijacija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>- nove uloge, zadaci, procena lične vrednosti nije suma obavljenih poslova </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
               <a:t>t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0"/>
               <a:t>elesna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0"/>
               <a:t>transcendencija-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...5 lines deleted...]
-            </a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>  prevazilaženje usmerenosti na zdravlje i izgled, prihvatanje promena (estetska hirurgija?)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>zanemarivanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>tela</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" i="1" dirty="0"/>
               <a:t>self-transcendencija </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-              <a:t>– odnos prema smrti i smislu unapređenja života potomaka</a:t>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>– odnos prema smrti i smislu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>života, ka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t> unapređenju života potomaka, spiritualnost (ne nužno religioznost)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Levinson</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4853136"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Četvrta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tranzicija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>između </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>60-65</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> godine. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>relaz u kasnu odraslu osobu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>kraj srednjih godina i početak kasnog odraslog doba.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>ojedinci se moraju pomiriti sa predstojećim penzionisanjem i velikim životnim promenama koje će to doneti. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>eriod prilagođavanja, životna struktura se menja kako bi uključila ove promene. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>M</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>ogu sebe da vide kao osobe čija je radna karijera završena ili skoro gotova i koji će sada imati mnogo više slobodnog vremena za bavljenje hobijima i drugim interes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ovanj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>ima.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> V</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>reme kada mnogi prvi put moraju da se pomire sa sopstvenom smrtnošću.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Kraj ili početak?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="2600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4096316757"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="922114"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>R</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>azvojni zadaci u starosti</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
@@ -5079,308 +5369,678 @@
           <a:xfrm>
             <a:off x="457200" y="1268760"/>
             <a:ext cx="8229600" cy="5688632"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>osvrt/pregled </a:t>
+              <a:t>Životni osvrt/pregled </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
-              <a:t>(life review</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>(life review)- bilans i reorganizacija smisla i slike života, validacija </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>S</a:t>
-[...28 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" u="sng" dirty="0"/>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
+              <a:t>adovoljstvo životom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>- zdravlje, prihodi, socijalna mreža, aktivnosti, interesovanja</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>Z</a:t>
+              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
+              <a:t>S</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>adovoljstvo </a:t>
-[...9 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>amopoštovanje- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>u odnosu na ogledanje u očima drugih (senilni, zavisni, nesposobni) uz gubitak bliskih osoba i uloga- vulnerabilnost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>ugrožavanje lične </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" u="sng" dirty="0"/>
+              <a:t>kontrole nad životom i privatnosti</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
               <a:t>L</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
               <a:t>oš </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0" err="1"/>
               <a:t>socijalni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>i </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0" smtClean="0"/>
+              <a:t>status i „ageism“-  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
               <a:t>promena pozicije moći u savremenom društvu- negativna predstava i stavovi o starima samo zato što su stari- diskriminacija i predrasude kao „</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3800" i="1" dirty="0"/>
               <a:t>samoispunjavajuće proročanstvo“</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
               <a:t>D</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>epresija i drugi emotivni </a:t>
-[...9 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>epresija i drugi emotivni problemi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>- usamljenost, beznadežnost, bespomoćnost, bio-psiho-socijalne promene</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3800" b="1" i="1" dirty="0"/>
               <a:t>R</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" b="1" i="1" dirty="0"/>
-              <a:t>eligija i </a:t>
-[...3 lines deleted...]
-              <a:t>spiritualnost</a:t>
+              <a:t>eligija i spiritualnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
-              <a:t>-</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="3800" dirty="0"/>
+              <a:t>- svha, vera, nada, pripadanje, prihvatanje starenja, gubitaka  i smrti</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1652328910"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21506" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1476375" y="188913"/>
+            <a:ext cx="7010400" cy="1152525"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>CIKLUSI PORODIČNOG RAZVOJA</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>VII </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>POSTRODITELJSKA PORODICA</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" altLang="en-US" sz="2800" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20483" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="107950" y="1557338"/>
+            <a:ext cx="9036050" cy="5300662"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>''Sindrom praznog gnezda'‘ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>posebno teško kada se izgubi partner ili se radi o jednoroditeljskoj porodici. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0"/>
+              <a:t>Načini ponašanja u poziciji baba/deda:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Formalni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t> – povremeno se zabavljaju sa unucima, dok brigu preuzimaju roditelji;</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Surogat roditelja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>– preuzimaju roditeljske funkcije;</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Rezervoar porodične mudrosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>– pozicija vrhovnog porodičnog autoriteta, izvor mudrosti i veština življenja;</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Zabavljači </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>– aktivno i redovno učestvuju u zabavi unuka;</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Distancirane figure </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>– većinom odsutni, kontakti sa unucima periferni;</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="495300" indent="-495300" algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" u="sng" dirty="0"/>
+              <a:t>ZADATAK: prihvatanje obrta u porodičnim ulogama</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2168509184"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22530" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="190500"/>
+            <a:ext cx="7010400" cy="1222375"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>CIKLUSI PORODIČNOG RAZVOJA </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>VIII </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>OSTARELA PORODICA</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" altLang="en-US" sz="2800" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22531" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611188" y="1905000"/>
+            <a:ext cx="7923212" cy="4116388"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>Smanjenje prihoda (penzija), opadanje funkcionalnih sposobnosti, zavisna pozicija</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>Pitanje za porodicu ko će negovati ostarele članove i u kojim uslovima </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>Gubitak partnera i suočavanje sa bliskim krajem</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" altLang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2958417625"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -5411,911 +6071,840 @@
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="827584" y="404664"/>
             <a:ext cx="7344816" cy="6192688"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="938697009"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Vežba</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Imaginarni intervju sa starijom osobom koju dovoljno dobro poznajete:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="hr-HR" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>Č</a:t>
-[...3 lines deleted...]
-              <a:t>ime je zadovoljna</a:t>
+              <a:t>Čime je zadovoljna</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Čime je nezadovoljna</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Koje potrebe ima i kako ih zadovoljava</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Lični izazovi u starijem dobu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Načini kako </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" smtClean="0"/>
+              <a:rPr lang="hr-HR"/>
               <a:t>se nosi </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>sa izazovima</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1684164544"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>tar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>životno dob</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="539552" y="1714488"/>
             <a:ext cx="8318728" cy="4666840"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Periodizacija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>rana starost 65-70</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> (75?)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t> godina - ‚‚mladi stari</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ji</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>”</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>srednja starost 71-85 godina - ‚‚stari</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ji</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>”</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>pozna starost preko 86 godina – ‚‚stari</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ji</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>”</a:t>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>-stari”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Dužina života i životni vek!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2615933150"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="706090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Dužina života</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1124744"/>
             <a:ext cx="8229600" cy="5544616"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>Dužina </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>Dužina života</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
-              <a:t>-</a:t>
-[...3 lines deleted...]
-              <a:t> 20-30 god.</a:t>
+              <a:t>Stari i srednji vek- 20-30 god.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>19 vek- 40 god.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>Početak 20. veka - do 50 god.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>21. veka- 76 god. </a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+              <a:t>očetak 21. veka- 76 god. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Individualne razlike velike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Polne razlike- 80 god. žene, 74 god. muškarci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>,</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>65 god- 141 udovica prema 100 udovaca</a:t>
+              <a:t>iznad 65 god- 141 udovica prema 100 udovaca</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>sredinski i biološki</a:t>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Razlozi- sredinski i biološki</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>nesreće, homicid, suicid</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
               <a:t>navike- pušenje, alkohol</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+              <a:t>stres</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0" err="1"/>
               <a:t>rodni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+              <a:t>stereotipi o ispoljavanju osećanja, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0"/>
+              <a:t>genetski faktori, bolesti</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2948999554"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="260648"/>
             <a:ext cx="8229600" cy="994122"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Pozitivni faktori dužine života- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" i="1" dirty="0"/>
               <a:t>Santrock,1999</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1484784"/>
             <a:ext cx="8229600" cy="4968552"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Roditelji i dede i babe- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>doživeli </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>iznad 80 god.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Bračni status većim delom odraslog životnog perioda</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Adekvatna težina</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Redovno vežbanje- 3 puta nedeljno</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Nepušači</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Osećanje zadovoljstva, ispunjenog života</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Visoko obrazovanje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Stanovanje u ruralnoj sredini</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Redovne zdravstvene i stomatološke kontrole</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Primena tehnika za stres menadžment</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731798535"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
@@ -6809,278 +7398,233 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="922114"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>dužine života- </a:t>
+              <a:t> Negativni faktori dužine života- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3600" i="1" dirty="0"/>
               <a:t>Santrock,1999</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1268760"/>
             <a:ext cx="8229600" cy="5472608"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
-              <a:t>Roditelji i dede i </a:t>
-[...7 lines deleted...]
-              <a:t>god.</a:t>
+              <a:t>Roditelji i dede i babe- živeli ispod 50 god.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
-              <a:t>Bračni status </a:t>
-[...7 lines deleted...]
-              <a:t>životnog perioda</a:t>
+              <a:t>Bračni status –kratko tokom odraslog životnog perioda</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
-              <a:t>težina</a:t>
+              <a:t>Prekomerna težina</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Bez fizičkih aktivnosti</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Sedeći posao</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Više od dva alkoholna pića dnevno</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Pušenje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Agresivnost, naprasitost, kompetitivnost</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
-              <a:t>Osećanje </a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>Osećanje nezadovoljstva, brige, osećanje krivice, žaljenja</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Nezavršen fakultet</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
-              <a:t>Stanovanje u </a:t>
-[...3 lines deleted...]
-              <a:t>gradskoj, zagađenoj sredini</a:t>
+              <a:t>Stanovanje u gradskoj, zagađenoj sredini</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Često razboljevanje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Hronično iskustvo stresa</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Upuštanje u aktivnosti rizične po zdravlje</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3653827382"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
@@ -7576,1037 +8120,975 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Faktori  pozitivnog starenja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="5141168"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Fizičke vežbe </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>-usporavanje deterioracije, posebni programi za stare</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Mentalna aktivnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>- kognitivno funkcionisanje,</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>programi intelektualne stimulacije za stare- edukacije, putovanja, neiskorišćeni resursi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Navike spavanje- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>dužina, poremećaji, više puta kraće dremanje, kraće noćno spavanje, lekovi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Navike ishrane- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>ekonomski faktori, prekomerna težina- servisi zajedničke ishrane i kućne dostave</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="943584920"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorije starenja </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="539552" y="1600200"/>
             <a:ext cx="8147248" cy="5141168"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>I</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>storijske teorije starenja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorije iz doba antičke Grčke – humoralna teorija starenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="vi-VN" sz="2800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="vi-VN" sz="2800" dirty="0"/>
-              <a:t>humoralne ravnoteže u organizmu, izazvan gubitkom „urođene toplote“ koju svako živo biće dobija svojim nastankom. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>poremećaj humoralne ravnoteže u organizmu, izazvan gubitkom „urođene toplote“ koju svako živo biće dobija svojim nastankom. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorije iz srednjeg veka – vitalistička teorija (“vis vitalis” – vitalna snaga).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>19. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>vek</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>- „</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>metaboličke</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>teorije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>“- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>postepeno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>smanjenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>intenziteta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>metaboličkih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>teorije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>„</a:t>
+              <a:t> „</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>zamora</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>materijala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>“ i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>gašenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>životne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>energije</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorije starenja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1417638"/>
             <a:ext cx="8579296" cy="5179714"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Biološke teorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>uzroci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>starenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>smrtnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>G</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>enetičke – greške u genetskom programu </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>ćelij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>skoj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ishrani</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>kumulacija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>tetnih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>uticaja</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>F</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>iziološke – oštećenje sistema organa ili fizioloških kontrolnih mehanizama</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Projekat</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Gilgame</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>kibernetska</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>besmrtnost</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Psihološke teorije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>životn</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t> ciklus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>,  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>zadaci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>krize</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorija o epigenetskom razvoju identiteta (Erikson, 1963)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>eorija životnog toka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>(Levinston, 1978)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorije starenja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1844824"/>
             <a:ext cx="8435280" cy="4281339"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
-              <a:t>eorije uspešnog </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:t>eorije uspešnog starenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
               <a:t>sociolo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
               <a:t>ki</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
               <a:t>pristup</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorija aktiviteta (Meddox, 1970)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>eorija isključivanja (Cumming and Henry, 1961)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Sindroma socijalne rekonstrukcije (Kuypers and Benston, 1973).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Opulent">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="B13F9A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F4E7ED"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="B83D68"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="AC66BB"/>
       </a:accent2>
@@ -9418,98 +9900,101 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>692</Words>
+  <Words>1249</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>106</Paragraphs>
-  <Slides>16</Slides>
+  <Paragraphs>127</Paragraphs>
+  <Slides>19</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Starije životno doba</vt:lpstr>
       <vt:lpstr>Dužina života</vt:lpstr>
       <vt:lpstr>Pozitivni faktori dužine života- Santrock,1999</vt:lpstr>
       <vt:lpstr> Negativni faktori dužine života- Santrock,1999</vt:lpstr>
       <vt:lpstr>Faktori  pozitivnog starenja</vt:lpstr>
       <vt:lpstr>Teorije starenja </vt:lpstr>
       <vt:lpstr>Teorije starenja</vt:lpstr>
       <vt:lpstr>Teorije starenja</vt:lpstr>
       <vt:lpstr> Teorija aktiviteta (Meddox, 1970) </vt:lpstr>
       <vt:lpstr>Teorija isključivanja  (Cumming &amp; Henry  1961)</vt:lpstr>
       <vt:lpstr>Sindrom socijalne rekonstrukcije  (Kuypers and Benston, 1973)</vt:lpstr>
       <vt:lpstr>Razvojni zadaci u starosti</vt:lpstr>
+      <vt:lpstr>Levinson</vt:lpstr>
       <vt:lpstr>Razvojni zadaci u starosti</vt:lpstr>
+      <vt:lpstr>CIKLUSI PORODIČNOG RAZVOJA VII POSTRODITELJSKA PORODICA</vt:lpstr>
+      <vt:lpstr>CIKLUSI PORODIČNOG RAZVOJA  VIII OSTARELA PORODICA</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Vežba</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Slide 1</dc:title>
   <dc:creator>Marina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>