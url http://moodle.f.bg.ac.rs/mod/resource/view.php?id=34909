--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -32,50 +32,51 @@
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483678" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId23"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="287" r:id="rId3"/>
     <p:sldId id="288" r:id="rId4"/>
     <p:sldId id="290" r:id="rId5"/>
     <p:sldId id="292" r:id="rId6"/>
     <p:sldId id="293" r:id="rId7"/>
     <p:sldId id="318" r:id="rId8"/>
@@ -387,77 +388,77 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14891" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="69" d="100"/>
-          <a:sy n="69" d="100"/>
+          <a:sx n="78" d="100"/>
+          <a:sy n="78" d="100"/>
         </p:scale>
-        <p:origin x="78" y="726"/>
+        <p:origin x="798" y="294"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-24"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -511,51 +512,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69791FEE-0D93-439E-8A13-B7571EBFD8F2}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -575,82 +576,81 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
@@ -797,62 +797,66 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
@@ -962,102 +966,102 @@
         <p:nvSpPr>
           <p:cNvPr id="18435" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15364" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:ln>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{936D6C9E-C0D5-48A9-BF76-DEAAC8D7FA7B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr fontAlgn="base">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1090,102 +1094,102 @@
         <p:nvSpPr>
           <p:cNvPr id="19459" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17412" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:ln>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2B819A39-3059-4336-B072-08F706E5109B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr fontAlgn="base">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:t>5</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1218,51 +1222,51 @@
         <p:nvSpPr>
           <p:cNvPr id="21507" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" b="0" smtClean="0">
+            <a:endParaRPr lang="en-US" b="0">
               <a:latin typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18436" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:ln>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
@@ -1271,431 +1275,531 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{578F6FD1-CBF0-4775-8097-597016D19D3C}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr fontAlgn="base">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:t>6</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20482" name="Slide Image Placeholder 1"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...13 lines deleted...]
-          <p:cNvPr id="20483" name="Notes Placeholder 2"/>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...7 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
-[...10 lines deleted...]
-          <p:cNvPr id="16388" name="Slide Number Placeholder 3"/>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Apofenija- uočavanje veza između nepovezanih stvari, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR"/>
+              <a:t>učitavanje značenja, paranoidna sklonost</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Pareidolija- prepoznavanje smislenih podataka,oblika u slučajnom šablonu, šari</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...11 lines deleted...]
-          </a:bodyPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr fontAlgn="base">
-[...8 lines deleted...]
-            <a:fld id="{30EC1988-B510-4048-9CED-9ACAE4E2CFE1}" type="slidenum">
+            <a:fld id="{00DFA427-708E-4703-86AF-DF5ABD43B03E}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr fontAlgn="base">
-[...8 lines deleted...]
-              <a:t>9</a:t>
+              <a:pPr/>
+              <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="883857037"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28674" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="20482" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28675" name="Notes Placeholder 2"/>
+          <p:cNvPr id="20483" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...9 lines deleted...]
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16388" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...1 lines deleted...]
-          <a:bodyPr/>
+        <p:spPr bwMode="auto">
+          <a:ln>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{520CE94B-B087-4843-BF85-AE8C6CB8D68E}" type="slidenum">
+            <a:fld id="{30EC1988-B510-4048-9CED-9ACAE4E2CFE1}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
+              <a:pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>10</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29698" name="Rectangle 7"/>
-[...7 lines deleted...]
-        <p:spPr>
+          <p:cNvPr id="28674" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28675" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
           <a:noFill/>
         </p:spPr>
         <p:txBody>
+          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Str. 421</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DDF895B2-0778-4C7E-81FA-DF681AACE74D}" type="slidenum">
-[...2 lines deleted...]
-              <a:t>11</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{520CE94B-B087-4843-BF85-AE8C6CB8D68E}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
-          </a:p>
-[...35 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="29698" name="Rectangle 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DDF895B2-0778-4C7E-81FA-DF681AACE74D}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29699" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29700" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" b="1"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS"/>
               <a:t>Josip Berger: Projektivna psihologija-Roršahov test ličnosti, Nolit</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A836EBDB-3EB1-41B3-A001-673640DBBB67}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>13</a:t>
@@ -1868,51 +1972,51 @@
             <a:off x="1097280" y="758952"/>
             <a:ext cx="10058400" cy="3566160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
               <a:defRPr sz="8000" spc="-50" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100051" y="4455620"/>
             <a:ext cx="10058400" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440">
             <a:normAutofit/>
@@ -1940,76 +2044,76 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2189,51 +2293,51 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="5074920"/>
             <a:ext cx="10113264" cy="822960"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600" b="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="0"/>
             <a:ext cx="12191985" cy="4915076"/>
           </a:xfrm>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
@@ -2264,51 +2368,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click icon to add picture</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="5907023"/>
             <a:ext cx="10113264" cy="594360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="0" rIns="91440" bIns="0">
             <a:normAutofit/>
@@ -2342,75 +2446,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2461,128 +2565,128 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert" lIns="45720" tIns="0" rIns="45720" bIns="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2714,133 +2818,133 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="414778"/>
             <a:ext cx="2628900" cy="5757421"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="414778"/>
             <a:ext cx="7734300" cy="5757422"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" lIns="45720" tIns="0" rIns="45720" bIns="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2895,128 +2999,128 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3096,127 +3200,141 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="6334316"/>
             <a:ext cx="12188825" cy="64008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="758952"/>
             <a:ext cx="10058400" cy="3566160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
               <a:defRPr sz="8000" b="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="4453128"/>
             <a:ext cx="10058400" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="t" anchorCtr="0">
             <a:normAutofit/>
@@ -3293,75 +3411,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3455,190 +3573,190 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097279" y="1845734"/>
             <a:ext cx="4937760" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="1845735"/>
             <a:ext cx="4937760" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3694,51 +3812,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1846052"/>
             <a:ext cx="4937760" cy="736282"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="ctr">
             <a:normAutofit/>
@@ -3766,107 +3884,107 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="2582334"/>
             <a:ext cx="4937760" cy="3378200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="1846052"/>
             <a:ext cx="4937760" cy="736282"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="ctr">
             <a:normAutofit/>
@@ -3894,132 +4012,132 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="2582334"/>
             <a:ext cx="4937760" cy="3378200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4070,76 +4188,76 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4192,51 +4310,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4411,51 +4529,51 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
@@ -4605,108 +4723,108 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="594359"/>
             <a:ext cx="3200400" cy="2286000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600" b="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="731520"/>
             <a:ext cx="6492240" cy="5257800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2926080"/>
             <a:ext cx="3200400" cy="3379124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440">
             <a:normAutofit/>
@@ -4734,84 +4852,84 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="465512" y="6459785"/>
             <a:ext cx="2618510" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="6459785"/>
             <a:ext cx="4648200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -4913,219 +5031,233 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6334316"/>
             <a:ext cx="12192001" cy="65998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1845734"/>
             <a:ext cx="10058400" cy="4023360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="0" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="6459785"/>
             <a:ext cx="2472271" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8FDD7639-22A6-41E0-87A8-8A6EEDA77906}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/15/2023</a:t>
+              <a:t>11/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3686185" y="6459785"/>
             <a:ext cx="4822804" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5595,63 +5727,63 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
@@ -5663,59 +5795,59 @@
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="bg2">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="accent5">
                 <a:lumMod val="0"/>
                 <a:lumOff val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="accent5">
                 <a:lumMod val="100000"/>
               </a:schemeClr>
             </a:gs>
@@ -5743,826 +5875,795 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="757646"/>
             <a:ext cx="10515600" cy="2095091"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="5400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="5400" dirty="0"/>
               <a:t>RORŠAHOV </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="5400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="5400" dirty="0"/>
               <a:t>INTERPRETATIVNI METOD</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="5400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3635422203"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14339" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="313509" y="1802674"/>
-            <a:ext cx="11639309" cy="4721952"/>
+            <a:off x="871870" y="1802674"/>
+            <a:ext cx="10515600" cy="4721952"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Ne postoji </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>automatsk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>projekcij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>na projektivnim testovima!</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="hr-HR" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0"/>
+              <a:t>rezultat na projektivnom testu može da bude “mršav”, prazan protokol!</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Odlučujuće za projektovanje je da pacijent bude autentično </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>uključen u situaciju</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Uključenost  zavisi od </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>kvaliteta kontakta </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>sa kliničarem (to obezbeđuje identifikaciju i projekciju)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Uključenost zavisi i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>od nekih karakteristika ličnosti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-              <a:t> (introspektivnost, direkcija, sposobnost mentalizacije..)</a:t>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t> (introspektivnost, direkcija, sposobnost mentalizacije...)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>Uključenost zavisi i od nekih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>trenutnih sredinskih uslova </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Potrebno je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>pripremiti “teren” za projekciju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14338" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="156401" y="404016"/>
             <a:ext cx="11356512" cy="792088"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>   Uslovi za projektovanje na testovima </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="3600" b="1" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2173177123"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11267" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="600891" y="2078182"/>
-            <a:ext cx="11011989" cy="4422652"/>
+            <a:off x="988827" y="2152610"/>
+            <a:ext cx="10377377" cy="4422652"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Validnost svih projektivnih tenika je niska</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>Validnost svih projektivnih tehnika je relativno niska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>nismo sigurni da li i koliko testovi mere ono što mi mislimo da mere!</a:t>
+              <a:t>nismo dovoljno sigurni da li i koliko testovi mere ono što mi mislimo da mere! Ipak, značajan napredak.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Visok </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>Visoka </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>prediktivna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>verovatnoća  pozitivnog rezultata</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Projektivni  testovi imaju nižu osetljivost, ali visoku specifičnosti!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0">
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Niska osetljivost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(senzitivnost): </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>postoje “falš-negativi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>” (dobijanje normalnih rezultata na testu kada patologija postoji</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Visoka specifičnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>pojavljivanje “pozitivnih” rezultata na testu kada patologija postoji  (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>malo  je“falš-pozitiva”</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> na projektivnim testovima!)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="190459" y="274638"/>
             <a:ext cx="11811083" cy="1070836"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>V</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>alidnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> projektivnih tehnika</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1327424145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="804231" y="2272144"/>
-            <a:ext cx="10556496" cy="4014375"/>
+            <a:off x="1212112" y="2272144"/>
+            <a:ext cx="9656186" cy="4014375"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Zbog visoke specifičnosti  projektivnih tehnika</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:t>Zbog visoke specifičnosti  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>projektivnih tehnika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>orisni </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+              <a:t>orisni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>u diferencijalnoj dijagnostici, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>koja je najčešći zadatak kliničkog psihologa</a:t>
             </a:r>
-          </a:p>
-[...12 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>i sar. istraživanje Roršah</a:t>
-[...40 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:t>     „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>M</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ali broj stvarnih psihoza imao je karakterističan “psihotičan” Roršah protokol, ali se ovakav protokol nije ni u jednom slučaju pojavio kod ne-psihoza</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>!</a:t>
-[...4 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:t>!“</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>   “Rezultate koji su mi korisni ne dobijam često, ali kada ih dobijem u njih imam veliko poverenje”.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                                                            </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Biro i sar., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1987.) </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0">
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0">
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="483326" y="444136"/>
             <a:ext cx="10384971" cy="849087"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Zašto još uvek koristimo  projektivne testove?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1319680290"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -6574,92 +6675,65 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2050" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1005840" y="2276872"/>
-            <a:ext cx="10515600" cy="1432979"/>
+            <a:ext cx="10515600" cy="1168077"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="4400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...26 lines deleted...]
-              <a:t>iz percepcije</a:t>
+              <a:t> Roršahova  tehnika: eksperiment iz percepcije</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2051" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="4725144"/>
             <a:ext cx="10363200" cy="1728192"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
@@ -6707,241 +6781,230 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286604"/>
             <a:ext cx="10058400" cy="1163374"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3600" dirty="0"/>
               <a:t>I</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
               <a:t>storijski kontekst</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>18</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>90</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> godine</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> n</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>emački pesnik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>lekar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> Justinius Kerner objavljuje zbirku pesama „Kleksografija“ (Klecksographien), sa mrljama od mastila kao ilustracijama.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Kleksografija krajem </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>19.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> i početkom </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>20.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> veka postaje popularna društvena igra, osmišljavanja priča na osnovu mrlja od mastila (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
               <a:t>Blotto</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>M</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2400" smtClean="0"/>
-[...16 lines deleted...]
-              <a:t>, Henri, Deabon, Kirkpatrick, Rybakov, Pyle, Whipple, Persons</a:t>
+              <a:rPr lang="x-none" sz="2400" dirty="0"/>
+              <a:t>rlje od mastila </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t>se istražuju kao potencijalni stimulus za ispitivanje inteligencije, kreativnosti, vizuelne imaginacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="x-none" sz="2400" dirty="0"/>
+              <a:t> (Binet, Henri, Deabon, Kirkpatrick, Rybakov, Pyle, Whipple, Persons</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="x-none" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="x-none" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4171810383"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -6996,87 +7059,71 @@
             <a:ext cx="3093980" cy="4318842"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...16 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
-            <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3100" dirty="0" smtClean="0"/>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
+              <a:t>Istorijski kontekst</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3100" dirty="0"/>
               <a:t>KLEKSOGRAFIJA (Klecksographien), Justinius Kerner, 1890. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2" descr="https://upload.wikimedia.org/wikipedia/commons/3/32/KernerKlecksographie.png"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
@@ -7092,113 +7139,98 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2655383537"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
               <a:t> </a:t>
-            </a:r>
-[...2 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
-              <a:t>Herman Roršah (Herman Rorschcah, </a:t>
-[...3 lines deleted...]
-              <a:t>1884-1922)</a:t>
+              <a:t>Herman Roršah (Herman Rorschcah, 1884-1922)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="C:\Documents and Settings\psihijatrija\My Documents\Downloads\Rorschach foto.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5969726" y="2103120"/>
             <a:ext cx="5159828" cy="3592286"/>
@@ -7214,647 +7246,610 @@
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="300446" y="1911049"/>
             <a:ext cx="5682343" cy="4176242"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Švajcarski psihijatar</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Studije medicine  u Cirihu, Bernu, Berlinu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Sklonost slikanju i slikarstvu (nadimak Klex)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
-              <a:t>Uticaj Bleulera, 1911. Demantia precox</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
+              <a:t>Uticaj Bleulera, 1911. uveo termin Demantia precox</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Doktorat- fenomen halucinacija, mrlje u razlikovanju organske od sch psihoze</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
-              <a:t>Oženjen ruskinjom Olgom, rad u Rusiji godinu dana</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
+              <a:t>Oženjen ruskinjom Olgom, radi u Rusiji godinu dana</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
-              <a:t>Od 1917-18. – sistematsko ispitivanje mrlja</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
+              <a:t>Od 1917. - 1918. – sistematsko ispitivanje mrlja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
-              <a:t>1921- Psihodijagnostika</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
+              <a:t>1921.- Psihodijagnostika</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Interesovanja- sekte, ličnost vođa sekti i sledbenika</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>1922.- srčani udar, umire u 3</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>8</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>.godini</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2330454376"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="610454"/>
             <a:ext cx="10058400" cy="898858"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>R</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
               <a:t>ad Hermana Roršaha</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1751683"/>
             <a:ext cx="9853486" cy="4510572"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
-              <a:t>Eksperimetiše sa kleksografijom kao tehnikom razlikovanja mentalnih poremećaja i razlikovanja normalnog od patološkog.</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>Eksperimetiše sa kleksografijom kao tehnikom razlikovanja mentalnih poremećaja, kao </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t> i razlikovanja normalnog od patološkog.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>Izvodi opsežno istraživanje na preko 400 ispitanika od kojih je više od 100 iz zdrave populacije.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>Zaključuje da je na osnovu načina na koji ispitanici osmišljavaju mrlje od mastila moguće razlikovati shizofreniju od drugih poremećaja, ali i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>identifikovati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>  neke navike,  stilove, osobine ličnosti.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>Proces formiranja odgovora interpretira kao </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0"/>
               <a:t>rešavanje perceptivnog zadataka</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>Formalne osobine odgovora (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>kako</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>osoba opaža) su u osnovi razlika između ispitivanih grupa, a ne sadržaj  odgovora (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>šta</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>vidi):</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Gde osoba vidi to što vidi (na celoj mrlji, detalju ili malom detalju)?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Koje karakteristike mrlje koristi da bi formirala odgovor (oblik, boja, opažanje pokreta)?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Kojoj kategoriji pripada opažni objekat (ljudske figure, životinjstke, priroda  i dr.)?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1131791458"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
               <a:t> </a:t>
-            </a:r>
-[...2 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
-              <a:t>r</a:t>
-[...3 lines deleted...]
-              <a:t>ad Hermana Roršaha</a:t>
+              <a:t>Rad Hermana Roršaha</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
             </a:br>
-            <a:r>
-[...6 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="2633674"/>
             <a:ext cx="10404330" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...4 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>1921. godine objavljuje monografiju „PSIHODIJAGNOSTIKA“</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>(PSYCHODIAGNOSTIK)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>10 mrlja od mastila istoventne onima koje danas koristimo</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Procedure zadavanje, kodiranja i interpretacije odgovora</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Veliki broj primera</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4148869696"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="168580" y="143262"/>
             <a:ext cx="3932237" cy="1641764"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Kratak opis Roršah testa</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 2" descr="C:\Documents and Settings\psihijatrija\My Documents\Downloads\Rorschach karte.jpeg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -7929,204 +7924,163 @@
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t>vaka mrlja je jedinstvena po obliku, boji i senčenju, i ima tendenciju da provocira tip</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t>čne odgovore</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>Pet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t> kar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>ata</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
-              <a:t>su ahromatske, crno-sive boje (I, IV, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:t> su ahromatske, crno-sive boje (I, IV, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>V, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t>VI</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>, VII</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="x-none" sz="2200" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="x-none" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>D</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
-              <a:t>ve karte (II i III</a:t>
-[...15 lines deleted...]
-              <a:t>crvenu boju </a:t>
+              <a:t>ve karte (II i III) kombinuju ahromatske i hromatsku, crvenu boju </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>P</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
-              <a:t>oslednje tri karte (VIII, IX i </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>oslednje tri karte (VIII, IX i X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="x-none" sz="2200" dirty="0"/>
-              <a:t>su hromatski </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="x-none" sz="2200" dirty="0"/>
+              <a:t> su hromatski obojene</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="x-none" sz="2200" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="x-none" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="x-none" sz="1700" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="x-none" sz="1700" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="x-none" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="x-none" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3210454539"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3075" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -8151,125 +8105,117 @@
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>Projektivni testovi kao  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>metod procene nesvesnog</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>Da li je moguće razviti instrumente koji su </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
               <a:t>naučno objektivni, a zadiru u procenu nesvesnih fenomena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>Razvijani između 1920-1945 - vrhunac razvoja i upotrebe dostižu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
               <a:t>50-tih god.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3074" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="570411" y="483645"/>
             <a:ext cx="10972800" cy="927144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Projektivne  metode</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1031720814"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -8288,254 +8234,254 @@
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="804231" y="1815737"/>
             <a:ext cx="10785514" cy="4637598"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>reklapa se papir na koji </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>e kapne mastilo</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Nije svaka slika bila upotrebljiva: dobijeni oblici moraju biti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>relativno jednostavni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (komplikovane slike izazivaju otpor)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>R</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>aspodela mrlje u prostoru mora da ima neki </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ritam</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, da bi bila slikovita....</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Simetrija </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>im daje ritmiku: većina ispitanika odbijala je asimetrične slike: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>          Simetrijom se stvaraju </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>isti uslovi za levake i dešnjake</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>          Simetrija </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>olakšava reakciju </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>nekim zakočenim i zatvorenim osobama.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>          Simetrija podstiče </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" i="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>tumačenje celih scena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Roršah je ponavljao eksperimente nebrojeno puta sa različitim serijama slika, u različitom rasporedu i sa različitim pacijentima u različitim stanjima</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="527381" y="496388"/>
             <a:ext cx="10972800" cy="966652"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="4400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Izbor mrlja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1039012388"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -8552,210 +8498,195 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16387" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="692331" y="1894114"/>
             <a:ext cx="10959737" cy="4336869"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Nestrukturisanost </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>i  </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:t>i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>polivalentnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  stimulusa:  mrlje su nejasne i mogu da nose više značenja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mrlja ima </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>“početnu sličnost”</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> sa puno stvari</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mala je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>izvesnost  klasifikacije </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>stimulusa u </a:t>
-[...11 lines deleted...]
-              <a:t>prihvaćenu kategoriju realnih pojava ili konvencionalnih simbola</a:t>
+              <a:t>stimulusa u neku opšte prihvaćenu kategoriju realnih pojava ili konvencionalnih simbola</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Test, tehnika ili metod?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Test - serija zadataka, ali ne i merenje, norme, tačni ili pogrešni odgovori</a:t>
+              <a:t>Test - serija zadataka, ali nema tačnih ili pogrešnih odgovora, bodovanja, ni normi koje tek Eksner uvodi, </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Tehnika- izazivanje ponašanja, bez očekivanja određenog odgovora</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Metod- izazivanje određenih podataka</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16386" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="174034" y="704785"/>
             <a:ext cx="11260832" cy="864096"/>
           </a:xfrm>
@@ -8823,195 +8754,187 @@
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1084217" y="2172306"/>
             <a:ext cx="10058400" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
               <a:t>N</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1"/>
               <a:t>ezadovoljstv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" err="1"/>
               <a:t>prozirno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>šć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>upitnika</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>Skepsa analitičara </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>u odnosu na kliničku vrednost svesnih iskaza</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>samoprocene</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>Snažan  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>razvoj  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" err="1"/>
               <a:t>psihoanalize</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>i  teorije nesvesnog</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1084217" y="561703"/>
             <a:ext cx="10058400" cy="889054"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="sr-Latn-RS" sz="4400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="4400" i="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Faktor</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="4000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="4000" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>i razvoja projektivnih tehnika </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4134335343"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -9020,205 +8943,201 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457201" y="2063931"/>
-            <a:ext cx="11064239" cy="4310744"/>
+            <a:off x="829340" y="2063931"/>
+            <a:ext cx="10692100" cy="4310744"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>V</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>ezan za </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>psihoanalizu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> ili njene derivate</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Tumačeje  nalaza </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>psihodinam</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>sk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>im konstruktima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>: nesvesno, objektne relacije, mehanizmi odbrane, primarni procesi i sl.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Veza testova i teorije je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>hipotetična: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>intervenišuća varijabla su </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>“intrapersonalni procesi” – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>hipotetički konstrukti</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>M</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>eđusobni odnos projektivne tehnike i ovih konstrukata je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>aprioran, ali ne i nužan!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>Nije sve što se dobije projektivnim testom podložno interpretaciji!  </a:t>
             </a:r>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
               <a:t>(ponešto su i reakcije na stimulus, a ne projekcije!)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="444434" y="444455"/>
             <a:ext cx="11151029" cy="922114"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Teorijski okvir projektivnog metoda</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="655787236"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -9227,380 +9146,405 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4099" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="512618" y="1974154"/>
-            <a:ext cx="11298422" cy="4230703"/>
+            <a:off x="829340" y="1974154"/>
+            <a:ext cx="10738883" cy="4230703"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>Nestrukturisanos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1"/>
               <a:t>t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>neodre</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>đ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>enost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>testovnog</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>stimulusa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>: TAT-slika; TNR deo rečenice; Machover-kreiranje crteža; Roršah – mrlja od mastila.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Slobodan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0"/>
+              <a:t>(otvoreni) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>izbor</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>odgovora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>invencija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>umesto </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>selekcij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t> divergentno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>mi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>šljenje umesto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>konvergentno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>g)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Spontanost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>formiranju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>odgovora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>učestvuje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>ma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>š</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>ta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>improvizacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>, fantazija, dolazi do regresije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Kvalitativna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>analiza</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>odgovora</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-[...91 lines deleted...]
-            </a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t> (naspram kvantitativne i normativne kod upitnika)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
+              <a:t>Psihodinamska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
-[...34 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>interpretacija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>odgovora i zaključivanje  o ličnosti preko psihoanalitičkih pojmova i  termina</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4098" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="640399"/>
             <a:ext cx="12192000" cy="778098"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="4000" b="1" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0" err="1">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Zajedni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>karakteristike  projektivnih testova</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1422885850"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -9619,727 +9563,749 @@
           <p:cNvPr id="6147" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="803564" y="1959428"/>
             <a:ext cx="10626436" cy="4349891"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
               <a:t>Frojdov </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0"/>
               <a:t>model projekcije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
               <a:t>1894</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Projekcija je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>mehanizam odbrane:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>projekcija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>složeni </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>psiholo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>ki</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>manevar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>kojim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> se ego </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>brani</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>od</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>navale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>anksioznosti</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>neprihvatljiva misao ili osećanje  se  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>izbegava, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>tako što se izmešta </a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>unutra</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>nja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>pretnja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>pretvara</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>spolja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>nju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> pretnju </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>(koja je manje opasna, jer se od   nje može </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0"/>
               <a:t>pobeći ili je napasti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2800" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2800" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6146" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="239349" y="116632"/>
             <a:ext cx="11343051" cy="1026352"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Teorije projektivnog ponašanja: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="3600" i="1" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Frojd</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" b="1" i="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="3600" b="1" i="1" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2619080848"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="679269" y="1946366"/>
-            <a:ext cx="11177371" cy="4340154"/>
+            <a:off x="1307805" y="1935126"/>
+            <a:ext cx="9877646" cy="4351394"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>uo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>eni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>sa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>neodre</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>đ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>enim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>nejasnim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>pojavama</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>,</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>ljudi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>imaju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>potrebu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>da</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>prevaziđu neodređenost...</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>to čine tako što  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" err="1"/>
               <a:t>strukturi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>u</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t> neodređeno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>daju smisao </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>onome što je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>nejasno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>...</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>osmišljavajući  neodređenost  ljudi se oslanjaju na </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>dominantne sklonosti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
               <a:t>svoje ličnosti....</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>skladu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> sa </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>svojim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>potrebama</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>motivima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>konfliktima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>specifi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>nim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t> perceptivnim setom                                                          (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" i="1" dirty="0"/>
+              <a:t>Groth-Marant, 1990</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
+              <a:t>kognitivna potreba- personalna obrada</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>Čovek daje stimulusu svoj sopstveni lik!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0" smtClean="0"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="679268" y="586173"/>
             <a:ext cx="10672355" cy="767008"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3200" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3200" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>      </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Frankova p</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0" err="1">
                 <a:effectLst/>
               </a:rPr>
               <a:t>rojektivna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0" err="1">
                 <a:effectLst/>
               </a:rPr>
               <a:t>hipoteza</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> (193</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
               <a:t>6</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241633706"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -10348,275 +10314,263 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="661851" y="1920240"/>
-            <a:ext cx="10806708" cy="4389120"/>
+            <a:off x="1265273" y="2397211"/>
+            <a:ext cx="10203285" cy="3348682"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" dirty="0" smtClean="0"/>
-[...22 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>Apercepcija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>(perceptivna distorzija, “iskrivljenje”)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>– sistematska greška u ocenjivanju realnosti i međuljudskih relacija.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>Marej je bio protiv izjednačavanja testovne i odbrambene projekcije:</a:t>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>Marej je bio protiv izjednačavanja testovne i odbrambene projekcije.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>K</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>d</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>dbramben</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>  projekcije: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>postoji  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>duboka uverenost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>u realnost i istinitost projektovanog  sadržaja;   tzv. “gubitak distance”</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>K</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>d</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>estovn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>projekcij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>:  postoji </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>uslovnost iskaza</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>, odnosno  svesnost o subjektivnosti svedočenja (prožeta osećanjem improvizacije i/ili  uvidom</a:t>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>, odnosno  svesnost o subjektivnosti svedočenja (prožeta osećanjem improvizacije i/ili  uvidom)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="661851" y="390952"/>
             <a:ext cx="10972800" cy="864096"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>Murray</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>-ev model projekcije (1937)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="698725717"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10633,372 +10587,364 @@
           <p:cNvPr id="5123" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="561703" y="1841862"/>
             <a:ext cx="11273246" cy="4517373"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Manjak</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>odre</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>đ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>enosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>stimulusa izaziva </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
+              <a:t>“nelagodnost”</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>stimulativ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>uznemir</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>avajuća </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Nelagodnost se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>redukuje  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>st</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>r</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>ukturacijom neodređenog sadržaja, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>putem projekcije </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>nekog određenog sadržaja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>Projektovani sadržaji mogu biti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>konvencionalni ili inventivni</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>K</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>onvencionalni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>odgovori</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>dijagnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>ki</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>neutralni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>ih deli većina ljudi, pa nisu specifični za individuu)</a:t>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
+              <a:t>(jer ih deli većina ljudi, pa nisu specifični za individuu)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>Inventivni (nekonvencionalni) o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1"/>
               <a:t>dgovori</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>su eventualno d</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>ijagnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>č</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>ki</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>indikativni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t> (ako su projektivni)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" b="1" i="1" dirty="0"/>
               <a:t>Projekcija na testovima nije nužna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2400" dirty="0"/>
               <a:t>:  pred projektivnim situmusom ne mora uvek da se dogodi projektivno ponašanje (epifenomeni – uzgredne, slučajne pojave, stereotipne reakcije na stimulus)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
-            <a:endParaRPr lang="sr-Latn-CS" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sr-Latn-CS" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5122" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="335360" y="431073"/>
             <a:ext cx="11247040" cy="888275"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="3600" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-CS" sz="4000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Proces projekcije na testovima</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1859399594"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Retrospect">
   <a:themeElements>
     <a:clrScheme name="Retrospect">
       <a:dk1>
         <a:srgbClr val="000000"/>
@@ -11522,103 +11468,103 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>1366</Words>
+  <Words>1561</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>147</Paragraphs>
+  <Paragraphs>150</Paragraphs>
   <Slides>21</Slides>
-  <Notes>8</Notes>
+  <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="26" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Retrospect</vt:lpstr>
       <vt:lpstr>RORŠAHOV INTERPRETATIVNI METOD</vt:lpstr>
       <vt:lpstr>Projektivne  metode</vt:lpstr>
       <vt:lpstr> Faktori razvoja projektivnih tehnika </vt:lpstr>
       <vt:lpstr>Teorijski okvir projektivnog metoda</vt:lpstr>
       <vt:lpstr>  Zajedničke karakteristike  projektivnih testova</vt:lpstr>
       <vt:lpstr>Teorije projektivnog ponašanja: Frojd</vt:lpstr>
       <vt:lpstr>      Frankova projektivna hipoteza (1936)</vt:lpstr>
       <vt:lpstr>Murray-ev model projekcije (1937) </vt:lpstr>
       <vt:lpstr>  Proces projekcije na testovima</vt:lpstr>
       <vt:lpstr>   Uslovi za projektovanje na testovima </vt:lpstr>
       <vt:lpstr>Validnost projektivnih tehnika</vt:lpstr>
       <vt:lpstr>  Zašto još uvek koristimo  projektivne testove?</vt:lpstr>
-      <vt:lpstr>  Roršahova  tehnika: eksperiment iz percepcije</vt:lpstr>
+      <vt:lpstr> Roršahova  tehnika: eksperiment iz percepcije</vt:lpstr>
       <vt:lpstr>  Istorijski kontekst</vt:lpstr>
-      <vt:lpstr>    istorijski kontekst KLEKSOGRAFIJA (Klecksographien), Justinius Kerner, 1890. </vt:lpstr>
+      <vt:lpstr>    Istorijski kontekst KLEKSOGRAFIJA (Klecksographien), Justinius Kerner, 1890. </vt:lpstr>
       <vt:lpstr>  Herman Roršah (Herman Rorschcah, 1884-1922)</vt:lpstr>
       <vt:lpstr> Rad Hermana Roršaha</vt:lpstr>
-      <vt:lpstr>  rad Hermana Roršaha  (nastavak)</vt:lpstr>
+      <vt:lpstr>  Rad Hermana Roršaha </vt:lpstr>
       <vt:lpstr>Kratak opis Roršah testa</vt:lpstr>
       <vt:lpstr>Izbor mrlja</vt:lpstr>
       <vt:lpstr>Testovni stimulus </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RORŠAHOV TEST SA MRLJAMA</dc:title>
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>