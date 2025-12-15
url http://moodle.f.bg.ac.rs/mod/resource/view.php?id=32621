--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,6316 +1,1854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00BC5048" w:rsidRPr="0027116B" w:rsidRDefault="00BC5048" w:rsidP="00BC5048">
-[...28 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="23F0D215" w14:textId="77777777" w:rsidR="00F8487D" w:rsidRPr="00BF67F0" w:rsidRDefault="00F8487D" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Testiranje statističkih hipoteza 2 (Testiranje statističke značajnosti koeficijenta linearne korelacije, hi-kvadrat test distribucije verovatnoća i testiranje hipoteze o statističkoj nezavisnosti dveju kategoričkih varijabli): zadaci za vežbe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6299F2" w14:textId="7C38A3CC" w:rsidR="00F8487D" w:rsidRPr="00BF67F0" w:rsidRDefault="00F8487D" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fajl koji ćemo koristiti u svim zadacima je CY08MSP_STU_QQQ_SRB_2025.SAV.sav. 2025 u imenu znači da je pripremljena za kurs u 2025. godini, ali u pitanju je baza iz ciklusa PISA 2022. godine. U bazi se nalaze sve varijable koje postoje u glavnoj PISA bazi, ali koristimo i jednu koju smo sami izgradili za potrebe časa. Baza koju koristimo sadrži samo učenike iz Srbije (6413). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA0942B" w14:textId="00B8ADD0" w:rsidR="00F8487D" w:rsidRPr="00BF67F0" w:rsidRDefault="00F8487D" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Napomena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>: Svaki zadatak za ove vežbe nalazi se na novoj strani. Rombom (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>) su ozna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>eni postupci i ciljevi zadatka, a kurzivom je ozna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>eno pitanje na koje tekstualno treba pru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>iti odgovor, odnosno tuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>enje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325AA186" w14:textId="77777777" w:rsidR="00A43EDA" w:rsidRPr="00BF67F0" w:rsidRDefault="00A43EDA" w:rsidP="00BC5048">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE4F21D" w14:textId="13AB8FBB" w:rsidR="00BC5048" w:rsidRPr="00BF67F0" w:rsidRDefault="00BC5048" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zadatak </w:t>
+      </w:r>
+      <w:r w:rsidR="003C448F" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00566582" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A89595" w14:textId="6683861D" w:rsidR="00C21A4D" w:rsidRPr="00BF67F0" w:rsidRDefault="004201E0" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21A4D" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utvrditi da li u populaciji </w:t>
+      </w:r>
+      <w:r w:rsidR="00C21A4D" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>učenika iz Srbije</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21A4D" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> postoji linearna povezanost varijabli </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6245" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6245" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>odršk</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6245" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6245" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nastavnika matematike učeniku (TEACHSUP</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6245" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>) i Matematička pismenost (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34B2B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>MATH)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21A4D" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21A4D" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>estirati nultu hipotezu: koeficijent linearne korelacije u populaciji jednak je nuli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6627E7AE" w14:textId="6EB4CE8B" w:rsidR="007637B0" w:rsidRPr="00BF67F0" w:rsidRDefault="007637B0" w:rsidP="00F8487D">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta zaključujemo o povezanosti u populaciji?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF132B6" w14:textId="77777777" w:rsidR="00C34B2B" w:rsidRPr="00BF67F0" w:rsidRDefault="00C34B2B" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B303BBA" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66DD859C" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638DC08B" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C538F1" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00541F78" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0063969F" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23508FF2" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2764FCE1" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60DBD71F" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5106564B" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A648DAA" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE4F220" w14:textId="50F8AA7E" w:rsidR="00DA1777" w:rsidRPr="00BF67F0" w:rsidRDefault="00DA1777" w:rsidP="00C34B2B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Zadatak 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00566582" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE4F221" w14:textId="2CA30986" w:rsidR="006C3EA9" w:rsidRPr="00BF67F0" w:rsidRDefault="007637B0" w:rsidP="006C3EA9">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34B2B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>U PISA bazi,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EA9" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nalaze se, između ostalog, odgovori na jedno pitanje iz upitnika</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34B2B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> koje glasi: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4318" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Koliko</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34B2B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knjiga imate u</w:t>
+      </w:r>
+      <w:r w:rsidR="004201E0" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> svojoj</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34B2B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kući</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EA9" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (varijabla </w:t>
+      </w:r>
+      <w:r w:rsidR="0084591B" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ST255Q01JA</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EA9" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) koje su ispitanici dali koriste</w:t>
+      </w:r>
+      <w:r w:rsidR="004201E0" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ći sedmostepenu </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EA9" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>skalu za odgovaranje</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7F69" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091E5B25" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1 = „Nema nijedne knjige.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAA12EC" w14:textId="3A708155" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2 = „1–10 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A4B2D1" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3 = „11–25 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776CAF8C" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4 = „26–100 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9793D5" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5 = „101–200 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150F2387" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6 = „201–500 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9C40C7" w14:textId="00D2C106" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="000E7F69">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7 = „Više od 500 knjiga”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE4F222" w14:textId="77777777" w:rsidR="006C3EA9" w:rsidRPr="00BF67F0" w:rsidRDefault="006C3EA9" w:rsidP="00922693">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Testirajte pretpostavku da su ispitanici nasu</w:t>
+      </w:r>
+      <w:r w:rsidR="00876862" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mično odgovarali na ovo pitanje.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="12CD45A2" w14:textId="77777777" w:rsidR="000E7F69" w:rsidRPr="00BF67F0" w:rsidRDefault="000E7F69" w:rsidP="00922693">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43083CE1" w14:textId="731C6489" w:rsidR="00922693" w:rsidRPr="00BF67F0" w:rsidRDefault="00922693" w:rsidP="00922693">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta zaključujemo</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7F69" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o populaciji učenika</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3124" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, na osnovu uzorku učenika, o broju knjiga u populaciji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720151A8" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33087D54" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9B7B64" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E354483" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5445A62D" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7DB466" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD8C78D" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B3E54AC" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F7D445" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDA8BBB" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAFF67B" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD107DE" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5411F1F8" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2C8E05" w14:textId="77777777" w:rsidR="004B6FE7" w:rsidRPr="00BF67F0" w:rsidRDefault="004B6FE7" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE4F223" w14:textId="2831A59F" w:rsidR="00BC5048" w:rsidRPr="00BF67F0" w:rsidRDefault="00BC5048" w:rsidP="004B6FE7">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Zadatak </w:t>
+      </w:r>
+      <w:r w:rsidR="00440A83" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00566582" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDFFC4D" w14:textId="77777777" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>U varijabli FAKSbar1 za svakog učenika dati su podaci o tome da li je bar jedan od dva roditelja univerzitetski obrazovan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DECC99" w14:textId="77777777" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 - NE, nijedan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5BCD05" w14:textId="222D0744" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>1 - DA, bar jedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD4FE92" w14:textId="77777777" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>U varijabli MATHnivo za svakog učenika dati su podaci da li su postigli nivo funkcionalne pismenosti na testu iz matematike:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35372B5D" w14:textId="6E736AF2" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F229DA" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...49 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- nivo 1, odnosno matematički funkcionalno nepismeni; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BCC265" w14:textId="5CDAAF30" w:rsidR="00EB7B49" w:rsidRPr="00BF67F0" w:rsidRDefault="00EB7B49" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F229DA" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>- matematička pismenost na nivoima od 2 do 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF25C7D" w14:textId="2C5AF605" w:rsidR="00B056D4" w:rsidRPr="00BF67F0" w:rsidRDefault="00B056D4" w:rsidP="00EB7B49">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Tabelom predstaviti bivarijatnu raspodelu varijabli FAKSbar1 i MATHnivo i izra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>unati mere asocijacije ovih dveju varijabli (fi koeficijent u ovom slu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aju). </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0466" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Za prikaz raspodele koristi se komanda </w:t>
+      </w:r>
+      <w:r w:rsidR="00970C7A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Analyze</w:t>
+      </w:r>
+      <w:r w:rsidR="00970C7A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidR="00970C7A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Descriptives</w:t>
+      </w:r>
+      <w:r w:rsidR="00970C7A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidR="00970C7A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Crosstabs</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0466" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Varijablu FAKSbar1 stavite u redove, a varijablu MATHnivo u kolone tabele kontingencije. Ista komanda se koristi i za računanje mera asocijacije tako što se štikliraju traženi statistici u podmeniju </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0466" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Statistics</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0466" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CD93BC" w14:textId="22F71521" w:rsidR="00566582" w:rsidRPr="00BF67F0" w:rsidRDefault="00566582" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003C448F" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Testirati statističku značajnost fi-koeficijenta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB25EED" w14:textId="57B25707" w:rsidR="00D54A50" w:rsidRPr="00BF67F0" w:rsidRDefault="00D54A50" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta zaključujemo?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEEC2DB" w14:textId="77777777" w:rsidR="00D54A50" w:rsidRPr="00BF67F0" w:rsidRDefault="00D54A50" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6364624B" w14:textId="343E4593" w:rsidR="00D54A50" w:rsidRPr="00BF67F0" w:rsidRDefault="00D54A50" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>(naredne tačke već rađene, ali nije zgorega uraditi ponovo</w:t>
+      </w:r>
+      <w:r w:rsidR="00245579">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ako imamo vremena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B05E9BF" w14:textId="4859C1D9" w:rsidR="0008554B" w:rsidRPr="00BF67F0" w:rsidRDefault="0008554B" w:rsidP="0008554B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Izra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>unati šanse da u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>enik postigne funkcionalnu pismenost ukoliko mu je bar jedan roditelj visoko obrazovan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE52E56" w14:textId="77777777" w:rsidR="0008554B" w:rsidRPr="00BF67F0" w:rsidRDefault="0008554B" w:rsidP="0008554B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Izra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>unati šanse da u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>enik postigne funkcionalnu pismenost ukoliko mu nijedan roditelj nije visoko obrazovan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090493CB" w14:textId="6F2F6D16" w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidRDefault="0008554B" w:rsidP="0008554B">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>Izra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>unati koli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>nik šansi da postignu funkcionalnu pismenost u odnosu da ne postignu funkcionalnu pismenost za u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>enike kojima nijedan roditelj nije visoko obrazovan, u odnosu na one kojima je bar jedan roditelj visoko obrazovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5F6B96" w14:textId="77777777" w:rsidR="00D54A50" w:rsidRPr="00BF67F0" w:rsidRDefault="00D54A50" w:rsidP="00D54A50">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Šta zaključujemo?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D52DD87" w14:textId="77777777" w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidRDefault="00853611" w:rsidP="00853611">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="160FF104" w14:textId="77777777" w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidRDefault="00853611" w:rsidP="00853611">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51DD6D2E" w14:textId="77777777" w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidRDefault="00853611" w:rsidP="00853611">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6626B599" w14:textId="0208EA30" w:rsidR="00566582" w:rsidRPr="00BF67F0" w:rsidRDefault="00566582" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Zadatak 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76118B7D" w14:textId="5A8DF0C9" w:rsidR="00566582" w:rsidRPr="00BF67F0" w:rsidRDefault="00566582" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>♦</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F229DA" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>U ovom zadatku utvrđujemo povezanost između jedne nedihotomne varijable:</w:t>
+      </w:r>
+      <w:r w:rsidR="0007195A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (FAKSoba)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F229DA" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00515D6A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00F229DA" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jedne dihotomne kategoričke varijable: funkcionalnost matematičke pismenosti (MATHnivo)</w:t>
+      </w:r>
+      <w:r w:rsidR="00515D6A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>. U prethodnom smo zadatku imali dve dihotomne varijable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DF54D3" w14:textId="5230E375" w:rsidR="00730619" w:rsidRPr="00BF67F0" w:rsidRDefault="00B275B2" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Kategorije varijable FAKSoba su:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08324024" w14:textId="4A907AB2" w:rsidR="00B275B2" w:rsidRPr="00BF67F0" w:rsidRDefault="00B275B2" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>0-nijedan roditelj</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D2E82A" w14:textId="496A82A7" w:rsidR="00B275B2" w:rsidRPr="00BF67F0" w:rsidRDefault="00B275B2" w:rsidP="00E05D82">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05D82" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>jedan roditelj</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9FF6DB" w14:textId="3654CCF2" w:rsidR="00B275B2" w:rsidRPr="00BF67F0" w:rsidRDefault="00B275B2" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>2-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4510" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>oba roditelja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF247EF" w14:textId="6E472346" w:rsidR="00F229DA" w:rsidRPr="00BF67F0" w:rsidRDefault="00F229DA" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00566582" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>zračunati koeficijente asocijacije</w:t>
+      </w:r>
+      <w:r w:rsidR="0013727A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00566582" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>C-koeficijent i Kramerov V koeficijent i testirati njihovu statističku značajnost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1716E3EE" w14:textId="0B2D214B" w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidRDefault="00F229DA" w:rsidP="00566582">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utvrditi da li u populaciji iz koje je uzorak postoji povezanost između </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4510" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>fakultetskog obrazovanja roditelja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0013727A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...580 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nivoa matematičke pismenosti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0007195A" w:rsidRPr="00BF67F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...5296 lines deleted...]
-    <w:sectPr w:rsidR="006C3EA9" w:rsidRPr="006C3EA9" w:rsidSect="00BE3DE2">
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Uporediti sa prethodnim zadatkom veličinu povezanosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00853611" w:rsidRPr="00BF67F0" w:rsidSect="00A43EDA">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="58A736DB" w14:textId="77777777" w:rsidR="00F80168" w:rsidRDefault="00F80168" w:rsidP="00F80168">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="26E573CB" w14:textId="77777777" w:rsidR="00F80168" w:rsidRDefault="00F80168" w:rsidP="00F80168">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="45014E51" w14:textId="77777777" w:rsidR="00F80168" w:rsidRDefault="00F80168" w:rsidP="00F80168">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4DDFA13D" w14:textId="77777777" w:rsidR="00F80168" w:rsidRDefault="00F80168" w:rsidP="00F80168">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B678604" w14:textId="4DEC9906" w:rsidR="00F80168" w:rsidRPr="00F80168" w:rsidRDefault="00F80168" w:rsidP="00F80168">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00E22022">
+      <w:t>Jesenji semestar 202</w:t>
+    </w:r>
+    <w:r>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00E22022">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00E22022">
+      <w:tab/>
+      <w:t>Komande prilagođene IBM SPSS 25</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010A1664"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7DF0E82C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6415,51 +1953,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CAD08C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00784752"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6564,51 +2102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74C502CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="771877AA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6704,51 +2242,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6760"/>
         </w:tabs>
         <w:ind w:left="6760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7480"/>
         </w:tabs>
         <w:ind w:left="7480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D27189A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF345E78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6853,294 +2391,584 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1736581514">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="265239479">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1011491072">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="93787685">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC5048"/>
+    <w:rsid w:val="0007195A"/>
+    <w:rsid w:val="0008554B"/>
+    <w:rsid w:val="000E2F72"/>
+    <w:rsid w:val="000E7F69"/>
+    <w:rsid w:val="0013727A"/>
+    <w:rsid w:val="001950C1"/>
     <w:rsid w:val="001F7469"/>
     <w:rsid w:val="00214228"/>
+    <w:rsid w:val="00245579"/>
     <w:rsid w:val="0027116B"/>
     <w:rsid w:val="0028402E"/>
     <w:rsid w:val="002A7C56"/>
+    <w:rsid w:val="00384CAB"/>
+    <w:rsid w:val="003A0800"/>
+    <w:rsid w:val="003A3124"/>
     <w:rsid w:val="003C448F"/>
+    <w:rsid w:val="004201E0"/>
     <w:rsid w:val="00440A83"/>
+    <w:rsid w:val="004B6FE7"/>
+    <w:rsid w:val="004D4510"/>
+    <w:rsid w:val="00513CD3"/>
+    <w:rsid w:val="00515D6A"/>
+    <w:rsid w:val="00566582"/>
     <w:rsid w:val="005F0E4E"/>
     <w:rsid w:val="0066085F"/>
     <w:rsid w:val="006C3EA9"/>
+    <w:rsid w:val="006F6245"/>
+    <w:rsid w:val="00713E21"/>
+    <w:rsid w:val="00730619"/>
+    <w:rsid w:val="007637B0"/>
+    <w:rsid w:val="0084591B"/>
+    <w:rsid w:val="00853611"/>
     <w:rsid w:val="00876862"/>
+    <w:rsid w:val="00922693"/>
     <w:rsid w:val="00932BCA"/>
+    <w:rsid w:val="00970C7A"/>
+    <w:rsid w:val="00A43EDA"/>
     <w:rsid w:val="00A6768A"/>
+    <w:rsid w:val="00AA4183"/>
+    <w:rsid w:val="00B056D4"/>
+    <w:rsid w:val="00B275B2"/>
     <w:rsid w:val="00BC5048"/>
+    <w:rsid w:val="00BE0466"/>
+    <w:rsid w:val="00BF67F0"/>
+    <w:rsid w:val="00C21A4D"/>
+    <w:rsid w:val="00C34B2B"/>
     <w:rsid w:val="00CE7441"/>
+    <w:rsid w:val="00CF4318"/>
+    <w:rsid w:val="00D13C09"/>
+    <w:rsid w:val="00D54A50"/>
     <w:rsid w:val="00D71A7E"/>
     <w:rsid w:val="00DA1777"/>
+    <w:rsid w:val="00E05D82"/>
+    <w:rsid w:val="00EB7B49"/>
     <w:rsid w:val="00F179E6"/>
+    <w:rsid w:val="00F229DA"/>
+    <w:rsid w:val="00F80168"/>
+    <w:rsid w:val="00F8487D"/>
+    <w:rsid w:val="00FE367E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6DE4F21C"/>
+  <w15:docId w15:val="{601A33B8-DF21-4139-8695-6B27037C6A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="1434" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00214228"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BC5048"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -7154,63 +2982,107 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC5048"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC5048"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F80168"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F80168"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F80168"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F80168"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7452,70 +3324,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D49BD7-D38D-4C6F-9732-9987C50284ED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2269</Characters>
+  <Pages>4</Pages>
+  <Words>534</Words>
+  <Characters>3290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2662</CharactersWithSpaces>
+  <CharactersWithSpaces>3783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>