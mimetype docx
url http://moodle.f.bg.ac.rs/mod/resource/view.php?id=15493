--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,4308 +1,1217 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00301FD9" w:rsidRPr="0067319A" w:rsidRDefault="00301FD9" w:rsidP="00301FD9">
-[...95 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007346FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Svojstva kvalitetnih istraživanja nastavnika</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...121 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="00E05798" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...611 lines deleted...]
-        <w:t>Шта би требало да садржи акциони план</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na  osnovu opisa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:p w:rsidR="007709AA" w:rsidRPr="0067319A" w:rsidRDefault="007709AA" w:rsidP="001E66A7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analize više istraživanja u praksi, autori uočavaju tri grupe odlika po kojima se razlikuje kvalitet istraživanja nastavnika i budućih nastavnika:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="00E05798" w:rsidRDefault="007346FD" w:rsidP="007346FD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...132 lines deleted...]
-    <w:p w:rsidR="007709AA" w:rsidRPr="0067319A" w:rsidRDefault="007709AA" w:rsidP="001E66A7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>vrsta istraživačkog pitanja od koga se polazi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00D96C50" w:rsidRPr="0067319A" w:rsidRDefault="00D96C50" w:rsidP="001E66A7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">način na koji istraživač konceptualizuje učenje učenika </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="00997B1E" w:rsidRDefault="007346FD" w:rsidP="007346FD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...87 lines deleted...]
-    <w:p w:rsidR="00D96C50" w:rsidRPr="0067319A" w:rsidRDefault="003F7892" w:rsidP="001E66A7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">način na koji istraživač razume prirodu istraživanja  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Cochran-Smith et al., 2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F4C2A" w:rsidRPr="00997B1E" w:rsidRDefault="001F4C2A" w:rsidP="001F4C2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...4 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...60 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...68 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Istraživačka pitanja se međusobno razlikuju i mogu poticati iz različitih izvora:  direktne komunikacije sa učenicima, refleksivnih beleški istraživača, naučnih istraživanja koja su bila upečatljiva za onog ko istražuje. Iako svaki od ovih izvora pitanja može biti početak kvalitetnog istraživanja, bolja istraživanja su, prema nalazima Cochran-Smith i saradnika, zasnovana na širem teorijskom okviru u vezi sa učenjem i podučavanjem Tačnije, to su ona istraživanja koja proizilaze iz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neslaganja između teorije i prakse, ili koja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">polaze od problema iz prakse, ali integrišu iskustvo, verovanja i teorije u konceptualni okvir Postojanje takvog šireg okvira, koji različiti autori  nazivaju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>vizija kurikuluma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Zumwalt, 1989, prema Cochran-Smith et al., 2009) ili </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>teorijska vizija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cochran-Smith et al., 2009) odlika je kvalitetnih istraživanja. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ovakav okvir povezuje pojedinačni problem sa razumevanjem učenika </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konteksta u školi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> učionici. To znači da se kvalitetno istraživanje nastavnika ne svodi na otkrivanje pojedinačne  tehnike –  recepta za kratkoročno rešenje problema u konkretnoj situaciji, već obuhvata odgovore na pitanja šta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zašto su izvori problema. Polazeći od takvog pitanja, nastavnik istraživač  otkriva elemente za razumevanje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> promenu prakse </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za razjašnjavanje veze  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>između svojih verovanja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>, o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pservacija i teorijske perspektive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...114 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...102 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...28 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...70 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4195"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šta će nastavnik istraživač smatrati važnim podacima o učenju </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nastavi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> koje će podatke da pirkuplja zavisi od načina na koji on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konceptualizuje i procenjuje učenje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i šta prikuplja kao podatke o učenju učenika. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prema nalazima </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cochran-Smith </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saradnika, kvalitetna istraživanja nastavnika odlikuje fokusiranje na učenje učenika kao krajnji rezultat, te razumevanje nastave koje je fleksibilno </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05798">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> brine o različitim nivoima učenja. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Takva istraživanja će skupljati raznovrsne podatke iz različitih izvora: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upitnici, analize pitanja i komentara koji se čuju na času, uzorci učeničkih radova, opservacije časa, dnevnički zapisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4195"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...58 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4195"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...49 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007346FD" w:rsidRPr="001F4C2A" w:rsidRDefault="007346FD" w:rsidP="007346FD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1069 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Način na koji istraživač razume prirodu istraživačkog procesa još jedna je od odlika istraživanja koja utiče na to koliko će istraživač učiti iz istraživanja. Kvalitetna istraživanja sprovode nastavnici koji doživljavaju istraživanje kao stalno ponovno traganje i preisitivanje, “stalno, skoro besprekidno postavljanje pitanja, pažljivo razmatranje podataka o praksi, traganje za alternativnom praksom bazirano na novim uvidima i idejama i slično”  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cochran-Smith et al., 2009:19). Za njih je preispitivanje i istraživanje “integralni neodvojivi deo donošenja odluka”, odnosno integralni deo same nastave  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPS-BoldMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Cochran-Smith et al., 2009).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F4C2A" w:rsidRPr="00997B1E" w:rsidRDefault="001F4C2A" w:rsidP="001F4C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00453896" w:rsidRPr="001F4C2A" w:rsidRDefault="00453896">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00453896" w:rsidRPr="001F4C2A" w:rsidSect="00453896">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1152" w:right="1296" w:bottom="1152" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...8 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="TimesNewRomanPS-BoldMT">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-    <w:sdtEndPr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="03157794"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A3894C4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:noProof/>
-[...160 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...709 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...13 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...7 lines deleted...]
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00301FD9"/>
-[...154 lines deleted...]
-    <w:rsid w:val="00FB62E1"/>
+    <w:rsidRoot w:val="007346FD"/>
+    <w:rsid w:val="001F4C2A"/>
+    <w:rsid w:val="00453896"/>
+    <w:rsid w:val="007346FD"/>
+    <w:rsid w:val="007E4D17"/>
+    <w:rsid w:val="00997B1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007346FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007346FD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4374,610 +1283,395 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007612E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...216 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5360</Characters>
+  <Pages>2</Pages>
+  <Words>451</Words>
+  <Characters>2576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6288</CharactersWithSpaces>
+  <CharactersWithSpaces>3021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PC</dc:creator>
+  <dc:creator>korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>